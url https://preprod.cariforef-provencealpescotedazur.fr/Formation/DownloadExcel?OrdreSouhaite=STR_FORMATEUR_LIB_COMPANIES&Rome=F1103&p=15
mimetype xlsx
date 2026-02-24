--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -323,324 +323,324 @@
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d’accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diagnostic amiante - sans mention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formadiag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnostic amiante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réaliser l'état des lieux initial en vue d'un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagner le maître d'ouvrage sur un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseiller le maître d'ouvrage sur un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie civil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résolution problème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours optimisation énergétique pour le bâtiment et l'industrie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thermique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie civil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnostiqueur immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arliane Diagnostic Immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnostic immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bao Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé d'affaires BTP (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Métré BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de projet énergie et bâtiment durables (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enveloppe bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diagnostic performance énergétique (DPE) - sans mention</x:t>
   </x:si>
   <x:si>
-    <x:t>Formadiag</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Diagnostic performance énergétique</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 6e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
-  </x:si>
-[...250 lines deleted...]
-    <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet en rénovation énergétique performante</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">chef de projet en rénovation énergétique performante </x:t>
   </x:si>
@@ -2761,86 +2761,86 @@
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>42105</x:v>
+        <x:v>42103</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>581214</x:v>
+        <x:v>581206</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
@@ -2853,99 +2853,99 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>569505</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>569507</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -2958,54 +2958,54 @@
       <x:c r="L25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>539972</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>69</x:v>
@@ -3019,54 +3019,54 @@
       <x:c r="L26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>583763</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -3082,170 +3082,170 @@
       <x:c r="L27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>583879</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>579158</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>579821</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3373,235 +3373,235 @@
       <x:c r="L32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>540558</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>579296</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>579826</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>571643</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4059,51 +4059,51 @@
       <x:c r="L44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>570972</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37340</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -4119,87 +4119,87 @@
       <x:c r="L45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>583786</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>611557</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -4559,72 +4559,72 @@
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>42103</x:v>
+        <x:v>42105</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>581206</x:v>
+        <x:v>581214</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>160</x:v>
@@ -4988,51 +4988,51 @@
       <x:c r="J60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>569399</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -5042,51 +5042,51 @@
       <x:c r="J61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>569603</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -5099,51 +5099,51 @@
       <x:c r="J62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>569628</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -5153,51 +5153,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>578764</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
@@ -5264,51 +5264,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>578749</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
@@ -5417,66 +5417,66 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>578708</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -5486,51 +5486,51 @@
       <x:c r="J69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>578726</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
@@ -5597,51 +5597,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>578747</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
@@ -5654,479 +5654,479 @@
       <x:c r="J72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>578765</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42105</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>581215</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>581201</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>581207</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>581200</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42105</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>581213</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>581196</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42105</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>569355</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42105</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>581209</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -6136,51 +6136,51 @@
       <x:c r="J81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>569606</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
@@ -6193,51 +6193,51 @@
       <x:c r="J82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>569629</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -6247,51 +6247,51 @@
       <x:c r="J83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>569401</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -6304,210 +6304,210 @@
       <x:c r="J84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>569560</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>581205</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42105</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>580127</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42105</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>569354</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
@@ -6520,51 +6520,51 @@
       <x:c r="J88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>569342</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>230</x:v>
@@ -6718,51 +6718,51 @@
         <x:v>241</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>569359</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -6772,51 +6772,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>604961</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -7049,51 +7049,51 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>563706</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -7103,51 +7103,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>535908</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -7160,51 +7160,51 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>581527</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -7214,51 +7214,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>579988</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
@@ -7271,51 +7271,51 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>581531</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -7325,51 +7325,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>579989</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -7382,51 +7382,51 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>579990</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -7436,51 +7436,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>581532</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -7493,51 +7493,51 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>579991</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -7547,51 +7547,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>581533</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -7604,51 +7604,51 @@
         <x:v>130</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>581530</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -7658,129 +7658,129 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>579987</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>581528</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39259</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -8059,51 +8059,51 @@
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22206</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>599694</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -8113,51 +8113,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38933</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>557968</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -8166,100 +8166,100 @@
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>553140</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>607668</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -8268,100 +8268,100 @@
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>607685</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>607681</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -8925,51 +8925,51 @@
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>583346</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>