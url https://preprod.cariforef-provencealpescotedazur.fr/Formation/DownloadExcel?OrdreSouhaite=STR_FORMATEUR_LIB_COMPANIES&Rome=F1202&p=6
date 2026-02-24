--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -629,62 +629,62 @@
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de chantier gros oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/19/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel chef de chantier en voirie et réseaux divers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
     <x:t>Chaussée</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de chantier travaux publics routes et canalisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux routiers</x:t>
@@ -785,92 +785,92 @@
   <x:si>
     <x:t>Titre professionnel Chef de chantier gros-oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Architectures en métal: conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Construction métallique</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence Professionnelle - Métiers du BTP : génie civil et construction - Economie de la construction</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence Professionnelle - Métiers du BTP : génie civil et construction - Management et conduite de travaux</x:t>
+  </x:si>
+  <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel Chef de chantier aménagements finitions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence Pro BIM Option aménagements fonciers 3D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel Chef de chantier aménagements finitions</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Ingénieur spécialisé en modélisation complexe des infrastructures de la construction, diplômé de l'institut supérieur du bâtiment et des travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>ISBA-TP</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien d'études du bâtiment option B assistant en architecture</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>Métré BTP</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
@@ -878,83 +878,83 @@
   <x:si>
     <x:t>bac pro technicien d'études du bâtiment option A études et économie</x:t>
   </x:si>
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>BTS travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS finitions, aménagement des bâtiments : conception et réalisation</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS finitions, aménagement des bâtiments : conception et réalisation</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers du BTP : génie civil et construction spécalisation management et conduite de travaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers du BTP : génie civil et construction spécalisation économie de la construction (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers du BTP : génie civil et construction spécalisation management et conduite de travaux (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>BTS architectures en métal : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
@@ -986,66 +986,66 @@
   <x:si>
     <x:t>Titre professionnel chef de chantier gros œuvre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée René Caillé</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite de réunion de chantier</x:t>
   </x:si>
   <x:si>
     <x:t>Maj Architecture et Cadre de Vie</x:t>
   </x:si>
   <x:si>
     <x:t>33000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie civil-construction durable parcours bureaux d'études conception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours travaux publics</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>BUT spécialité génie civil-construction durable parcours bureaux d'études conception</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien chef de projet en rénovation énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Wedge Academy</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien chef de projet en rénovation énergétique BC1 - BC2</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostiqueur de produits, équipements, matériaux et déchets issus du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Economie circulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien chef de projet en rénovation énergétique bloc de compétences 1 Réaliser un bilan énergétique de l'état initial d'un bâtiment ou d'un logement visant à caractériser son potentiel de rénovation énergétique</x:t>
   </x:si>
@@ -4226,51 +4226,51 @@
       <x:c r="K46" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>583323</x:v>
+        <x:v>583324</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -4280,51 +4280,51 @@
       <x:c r="K47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>583324</x:v>
+        <x:v>598735</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
@@ -4337,51 +4337,51 @@
       <x:c r="K48" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>598735</x:v>
+        <x:v>583323</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41368</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5321,153 +5321,153 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>553798</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>513336</x:v>
+        <x:v>513342</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>513342</x:v>
+        <x:v>513336</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
@@ -5721,1030 +5721,1031 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>581444</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>30142</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>507654</x:v>
+        <x:v>606286</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>30142</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>606209</x:v>
+        <x:v>606283</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>606210</x:v>
+        <x:v>507654</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>515649</x:v>
+        <x:v>606209</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>606261</x:v>
+        <x:v>606210</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>4420</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>565096</x:v>
+        <x:v>606261</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>34863</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>566946</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38747</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>600399</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>554765</x:v>
+        <x:v>565096</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>557458</x:v>
+        <x:v>554765</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>554007</x:v>
+        <x:v>557458</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>553981</x:v>
+        <x:v>554007</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>504172</x:v>
+        <x:v>553981</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>507556</x:v>
+        <x:v>504172</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>30142</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>606286</x:v>
+        <x:v>507556</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>30142</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>606283</x:v>
+        <x:v>582033</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40054</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>582033</x:v>
+        <x:v>515649</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -7024,276 +7025,276 @@
       <x:c r="J95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>595611</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>596923</x:v>
+        <x:v>595895</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>39033</x:v>
+        <x:v>37385</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>595895</x:v>
+        <x:v>596992</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>37385</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>596992</x:v>
+        <x:v>596923</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>595614</x:v>
+        <x:v>595894</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
@@ -7320,370 +7321,370 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>594220</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>595894</x:v>
+        <x:v>595614</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>39033</x:v>
+        <x:v>37385</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>595893</x:v>
+        <x:v>596993</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37385</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>596993</x:v>
+        <x:v>595893</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39033</x:v>
+        <x:v>35809</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>595610</x:v>
+        <x:v>596029</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>595899</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>35809</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>22454</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>596029</x:v>
+        <x:v>595610</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -7837,391 +7838,389 @@
         <x:v>547550</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>556422</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>556357</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>511004</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>511110</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>201</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s"/>
+      <x:c r="E114" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>274</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>240</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>596921</x:v>
+        <x:v>608155</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40054</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>238</x:v>
-[...2 lines deleted...]
-        <x:v>239</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>608202</x:v>
+        <x:v>595612</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -8242,438 +8241,440 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>595897</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>608155</x:v>
+        <x:v>608201</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>201</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>39033</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>274</x:v>
-[...1 lines deleted...]
-      <x:c r="H118" s="14" t="s"/>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
+        <x:v>240</x:v>
+      </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>595612</x:v>
+        <x:v>608202</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>594222</x:v>
+        <x:v>608244</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>37385</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>238</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>608244</x:v>
+        <x:v>596990</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37385</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>596990</x:v>
+        <x:v>594222</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>40054</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>238</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>608201</x:v>
+        <x:v>596921</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>594221</x:v>
+        <x:v>596922</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
@@ -8754,145 +8755,145 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>595898</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>596922</x:v>
+        <x:v>594221</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>611235</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
@@ -8909,51 +8910,51 @@
       <x:c r="H128" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>611236</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
@@ -8969,51 +8970,51 @@
       <x:c r="H129" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>515628</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
@@ -9030,51 +9031,51 @@
       <x:c r="H130" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>547689</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
@@ -9090,51 +9091,51 @@
       <x:c r="H131" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>547722</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
@@ -9409,390 +9410,390 @@
       <x:c r="S136" s="14" t="n">
         <x:v>515736</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>511105</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>558486</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>556423</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>611033</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>607797</x:v>
+        <x:v>607805</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>607805</x:v>
+        <x:v>607797</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
@@ -10113,145 +10114,145 @@
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>567443</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>35483</x:v>
+        <x:v>35485</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>596781</x:v>
+        <x:v>596780</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>35485</x:v>
+        <x:v>35483</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>596780</x:v>
+        <x:v>596781</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>313</x:v>
       </x:c>