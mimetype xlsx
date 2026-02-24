--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -368,339 +368,339 @@
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Sport équestre</x:t>
   </x:si>
   <x:si>
     <x:t>Cefter Paca</x:t>
   </x:si>
   <x:si>
     <x:t>05110</x:t>
   </x:si>
   <x:si>
     <x:t>BARCILLONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager des activités du tourisme et des voyages (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre d'Etudes et de Recherches Touristiques - Ecole Supérieure de Commerce des Administrations et Entreprises du Tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERET - ESCAET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion entreprise touristique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable des activités du tourisme et des voyages (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tourisme affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable des activités du tourisme et des voyages</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des activités du tourisme et des voyages</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEEME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS tourisme option multimédia (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Saint Raphaël</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de projet évènementiel (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Communication professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Ste- Marie de Chavagnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Sainte-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Commerciaux Clovis Hugues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Commerciaux Clovis Hugues - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé de développement stratégique spécialisation tourisme (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Diderot Education</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Stratégie commerciale</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de développement stratégique spécialisation marketing international (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de développement stratégique spécialisation stratégies évènementielles (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
-  </x:si>
-[...271 lines deleted...]
-    <x:t>Chargé de développement stratégique spécialisation stratégies évènementielles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>École Tunon - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
@@ -3130,2875 +3130,2876 @@
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>607886</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>31966</x:v>
+        <x:v>38491</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="H22" s="14" t="s"/>
+      <x:c r="H22" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="P22" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="P22" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>478407</x:v>
+        <x:v>599646</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38491</x:v>
+        <x:v>37502</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R23" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S23" s="0" t="n">
+        <x:v>549684</x:v>
+      </x:c>
+      <x:c r="T23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="R23" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37502</x:v>
+        <x:v>38491</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>42625</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R24" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S24" s="14" t="n">
+        <x:v>549683</x:v>
+      </x:c>
+      <x:c r="T24" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="R24" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38491</x:v>
+        <x:v>37502</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>574717</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="R25" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37502</x:v>
+        <x:v>38491</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>42625</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>574717</x:v>
+        <x:v>507257</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38491</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F27" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>507257</x:v>
+        <x:v>536931</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38491</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="F28" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F28" s="14" t="s"/>
+      <x:c r="G28" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="G28" s="14" t="s">
+      <x:c r="H28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="H28" s="14" t="s">
+      <x:c r="I28" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="I28" s="16" t="s">
+      <x:c r="J28" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K28" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L28" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M28" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N28" s="15" t="n">
+        <x:v>42654</x:v>
+      </x:c>
+      <x:c r="O28" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="J28" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>536931</x:v>
+        <x:v>608395</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K29" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="H29" s="0" t="s">
+      <x:c r="L29" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M29" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>42654</x:v>
+      </x:c>
+      <x:c r="O29" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P29" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="I29" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>608395</x:v>
+        <x:v>573438</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>573438</x:v>
+        <x:v>573427</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>573427</x:v>
+        <x:v>576100</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>576100</x:v>
+        <x:v>537318</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>537318</x:v>
+        <x:v>497969</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>497969</x:v>
+        <x:v>601002</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>601003</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
+      <x:c r="U35" s="4" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>601003</x:v>
+        <x:v>602187</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>602187</x:v>
+        <x:v>573796</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>573796</x:v>
+        <x:v>500523</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>500523</x:v>
+        <x:v>500516</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>34927</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>500516</x:v>
+        <x:v>548518</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>34927</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>15004</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>548518</x:v>
+        <x:v>548517</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>548517</x:v>
+        <x:v>602188</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>602188</x:v>
+        <x:v>604220</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
+      <x:c r="I44" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="H44" s="14" t="s">
+      <x:c r="J44" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K44" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="I44" s="16" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="R44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>604220</x:v>
+        <x:v>595008</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J45" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K45" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L45" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M45" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>42654</x:v>
+      </x:c>
+      <x:c r="O45" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R45" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S45" s="0" t="n">
+        <x:v>608567</x:v>
+      </x:c>
+      <x:c r="T45" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>608567</x:v>
+        <x:v>495209</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>495209</x:v>
+        <x:v>554544</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>554544</x:v>
+        <x:v>598909</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>598909</x:v>
+        <x:v>601751</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>601751</x:v>
+        <x:v>513666</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>513666</x:v>
+        <x:v>566593</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>566593</x:v>
+        <x:v>572352</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>572352</x:v>
+        <x:v>518906</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>518906</x:v>
+        <x:v>518900</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>518900</x:v>
+        <x:v>497038</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>31966</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>497038</x:v>
+        <x:v>478408</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>478408</x:v>
+        <x:v>478402</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>478402</x:v>
+        <x:v>478405</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>31966</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>478405</x:v>
+        <x:v>553021</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>553021</x:v>
+        <x:v>605559</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>31966</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605559</x:v>
+        <x:v>478407</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>478404</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>478401</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>497037</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>497036</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>478406</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>478400</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>478403</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595002</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>594992</x:v>
       </x:c>
@@ -6097,51 +6098,51 @@
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>502787</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -6180,357 +6181,357 @@
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>558181</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>607284</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>594994</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37502</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42625</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>597102</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38491</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>597479</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>595012</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6542,54 +6543,54 @@
       <x:c r="I80" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>608379</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6599,54 +6600,54 @@
       <x:c r="I81" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>556215</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6964,73 +6965,73 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>605212</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>594993</x:v>
       </x:c>
@@ -7245,51 +7246,51 @@
       <x:c r="L92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>546576</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -7302,51 +7303,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>546575</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
@@ -7361,51 +7362,51 @@
       <x:c r="L94" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>496751</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -7844,195 +7845,195 @@
       <x:c r="S102" s="14" t="n">
         <x:v>601570</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>494240</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>543682</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>493623</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -8063,132 +8064,132 @@
       <x:c r="R106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>566300</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>536805</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G108" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>583809</x:v>
       </x:c>
@@ -8394,51 +8395,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>515739</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -8448,173 +8449,173 @@
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>507665</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>602271</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>589716</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -8629,51 +8630,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>603640</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8802,51 +8803,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>552244</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8861,224 +8862,224 @@
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>601798</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>601799</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>552182</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>495322</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -9224,132 +9225,132 @@
       <x:c r="R126" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>518617</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>536804</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>536803</x:v>
       </x:c>
@@ -9564,51 +9565,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>575210</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -9639,69 +9640,69 @@
       <x:c r="R133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>554775</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G134" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>536806</x:v>
       </x:c>
@@ -9934,69 +9935,69 @@
       <x:c r="R138" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>565239</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>583808</x:v>
       </x:c>
@@ -10056,69 +10057,69 @@
       <x:c r="R140" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>581758</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>583807</x:v>
       </x:c>
@@ -10199,110 +10200,110 @@
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>586086</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>553361</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
@@ -10312,180 +10313,180 @@
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>473145</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>473146</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>541167</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -10498,51 +10499,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>535610</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10555,107 +10556,107 @@
       <x:c r="M149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>535366</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>535405</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -10668,51 +10669,51 @@
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>553358</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -10728,51 +10729,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>586209</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -10844,51 +10845,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>607871</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -10901,51 +10902,51 @@
       <x:c r="M155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>607868</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -10957,51 +10958,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>607867</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -11081,238 +11082,238 @@
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>551978</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>594998</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38017</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>597175</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>595004</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>595011</x:v>
       </x:c>
@@ -11383,66 +11384,66 @@
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>34588</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>508763</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
@@ -11473,51 +11474,51 @@
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>549105</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>324</x:v>
@@ -12785,73 +12786,73 @@
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>515228</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>594995</x:v>
       </x:c>
@@ -12915,87 +12916,87 @@
       <x:c r="T189" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>538832</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36133</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -13008,51 +13009,51 @@
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>527374</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -13176,243 +13177,243 @@
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>551222</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>595007</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>595009</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>594999</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>595005</x:v>
       </x:c>
@@ -13637,78 +13638,78 @@
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>511101</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>595001</x:v>
       </x:c>
@@ -13760,70 +13761,70 @@
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>607808</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>595006</x:v>
       </x:c>
@@ -13832,51 +13833,51 @@
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
@@ -13889,170 +13890,170 @@
       <x:c r="T206" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>494802</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>547584</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>595003</x:v>
       </x:c>
@@ -14164,73 +14165,73 @@
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>494864</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>595000</x:v>
       </x:c>
@@ -14334,51 +14335,51 @@
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>511102</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -14449,51 +14450,51 @@
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>556861</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14509,51 +14510,51 @@
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>609971</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14570,51 +14571,51 @@
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>609592</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14644,73 +14645,73 @@
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>559055</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>595010</x:v>
       </x:c>
@@ -14732,69 +14733,69 @@
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>509545</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -14979,51 +14980,51 @@
       <x:c r="L225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>504057</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
@@ -15219,73 +15220,73 @@
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>602161</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>594996</x:v>
       </x:c>
@@ -15522,365 +15523,365 @@
       <x:c r="U234" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>587191</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>592077</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>592078</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40439</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>592550</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>592076</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>588184</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40439</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -15893,110 +15894,110 @@
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>580461</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40497</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>581080</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>