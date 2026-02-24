--- v1 (2026-01-01)
+++ v2 (2026-02-24)
@@ -287,182 +287,182 @@
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'attachement et les besoins émotionnels du bébé</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagner la grossesse et le post-partum</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Allaitement maternel - initiation</x:t>
   </x:si>
   <x:si>
+    <x:t>Mise à niveau sur le nouveau référentiel Auxiliaire Puériculture</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre Hospitalier d'Aubagne Edmond Garcin</x:t>
   </x:si>
   <x:si>
     <x:t>CH</x:t>
   </x:si>
   <x:si>
     <x:t>13677</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Mise à niveau sur le nouveau référentiel Auxiliaire Puériculture</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Hospitalier de Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04003</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État d'auxiliaire de puériculture</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse - site de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Compétence PACA et Corse - Site de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
+    <x:t>08/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/29/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Croix Rouge Française</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation d'Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Marseille Saint Joseph</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 6e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse - site d'Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence - PACA et Corse - site d'Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Edith Seltzer</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>05107</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Edith Seltzer - Ecole Aides-Soignantes</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
@@ -623,57 +623,57 @@
   <x:si>
     <x:t>Institut de formation d'auxiliaires de puériculture - GIPES d'Avignon et Pays de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84902</x:t>
   </x:si>
   <x:si>
     <x:t>IFAP</x:t>
   </x:si>
   <x:si>
     <x:t>84400</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>IFPVPS</x:t>
   </x:si>
   <x:si>
     <x:t>BOULOURIS</x:t>
   </x:si>
   <x:si>
     <x:t>IFSI</x:t>
   </x:si>
   <x:si>
+    <x:t>AUBAGNE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation en soins infirmiers - Institut de formation d'aides-soignants - Institut de formation d'auxiliaires de puéricultures du GCSPA de Salon-de-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13658</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>04995</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation aux métiers de l'enfance et de l'adolescence</x:t>
   </x:si>
   <x:si>
     <x:t>IFAP - IRFSS</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
@@ -1815,301 +1815,300 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>577163</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
-      <x:c r="E11" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>576255</x:v>
+        <x:v>598881</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
-        <x:v>46</x:v>
-[...1 lines deleted...]
-      <x:c r="F12" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F12" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>583251</x:v>
+        <x:v>576255</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="C13" s="3" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>40743</x:v>
+      </x:c>
       <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>598881</x:v>
+        <x:v>583251</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>525199</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -2128,87 +2127,87 @@
       <x:c r="U15" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>576143</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -2275,60 +2274,60 @@
       <x:c r="J18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="S18" s="14" t="n">
+        <x:v>578497</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="S18" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T18" s="16" t="s">
+      <x:c r="U18" s="16" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -2338,54 +2337,54 @@
       <x:c r="J19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>578497</x:v>
+        <x:v>578496</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>101</x:v>
@@ -2397,51 +2396,51 @@
       <x:c r="J20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>505661</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2454,51 +2453,51 @@
       <x:c r="J21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>607040</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2513,51 +2512,51 @@
       <x:c r="J22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>554066</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2570,110 +2569,110 @@
       <x:c r="J23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>554067</x:v>
+        <x:v>611354</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>607035</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2686,108 +2685,108 @@
       <x:c r="J25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>554067</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>596348</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2812,178 +2811,177 @@
       <x:c r="L27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>603042</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F28" s="14" t="s"/>
+      <x:c r="F28" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>529386</x:v>
+        <x:v>576045</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>576045</x:v>
+        <x:v>529386</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>120</x:v>
@@ -3057,51 +3055,51 @@
       <x:c r="L31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>606056</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>119</x:v>
@@ -3178,54 +3176,54 @@
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>578876</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -3652,51 +3650,51 @@
       <x:c r="M41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>583250</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G42" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -3901,51 +3899,51 @@
       <x:c r="L45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>576933</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -4339,51 +4337,51 @@
       <x:c r="J53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>578278</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
@@ -4640,138 +4638,138 @@
       <x:c r="S58" s="14" t="n">
         <x:v>596347</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="R59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>596353</x:v>
+        <x:v>596350</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>596350</x:v>
+        <x:v>596353</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>188</x:v>
       </x:c>