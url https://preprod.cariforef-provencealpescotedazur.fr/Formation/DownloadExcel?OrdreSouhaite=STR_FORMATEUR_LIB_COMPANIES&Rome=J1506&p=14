--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -263,384 +263,384 @@
   <x:si>
     <x:t>13314</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'infirmier(ière)</x:t>
   </x:si>
   <x:si>
+    <x:t>IFSI Capelette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFSI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'infirmier(ière) (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interfed Santé Sociale - Cfa Métiers de l'Hospitalisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERFAH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour la Formation Sociale et Médico-sociale de Marseille et du Sud-Est - La Blancarde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFSMSMSE LA BLANCARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Gérontologique Départemental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre gérontologique départemental 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier d'Arles Joseph Imbert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier d'Aubagne Edmond Garcin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'infirmier pour médecins français ou étrangers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'infirmier(ière) pour maïeuticiens étrangers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Cannes Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation au concours d'entrée en IFSI (Institut de Formation en Soins Infirmiers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation concours paramédical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Digne les Bains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Martigues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Menton La Palmosa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier Intercommunal des Alpes du Sud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHICAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier Les Escartons de Briançon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier Sainte Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GAUDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier Universitaire de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix-Rouge Compétence PACA et Corse - site de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Compétence PACA et Corse - Site de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'infirmier (pour médecins étrangers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRF PACA CORSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordonnateur de parcours d'accompagnement et de soins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encadrement infirmier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Public en emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFSI SUD</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
-  </x:si>
-[...328 lines deleted...]
-    <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation des Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
@@ -2386,54 +2386,54 @@
       <x:c r="J17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>594032</x:v>
+        <x:v>594030</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>54</x:v>
@@ -6375,54 +6375,54 @@
       <x:c r="J83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>594030</x:v>
+        <x:v>594032</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>