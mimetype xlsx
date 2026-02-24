--- v1 (2026-01-01)
+++ v2 (2026-02-24)
@@ -440,60 +440,60 @@
   <x:si>
     <x:t>Programme Sport</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation entrée formation</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Guide de palanquée (Divemaster PADI)</x:t>
   </x:si>
   <x:si>
     <x:t>Dune France</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Plongée subaquatique - Prépa Monitorat</x:t>
   </x:si>
   <x:si>
     <x:t>Evasion Sport - L'Atelier de la Mer</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Plongée subaquatique - Guide de palanquée (N4)</x:t>
   </x:si>
   <x:si>
     <x:t>Plongée subaquatique - Formation N3 (PA60)</x:t>
   </x:si>
   <x:si>
     <x:t>Formapoledance</x:t>
   </x:si>
   <x:si>
     <x:t>In Da House</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
@@ -2179,51 +2179,51 @@
       <x:c r="K19" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>15480</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>586344</x:v>
+        <x:v>586341</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>73</x:v>
@@ -2232,51 +2232,51 @@
       <x:c r="K20" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>15480</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>586341</x:v>
+        <x:v>586344</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>51</x:v>