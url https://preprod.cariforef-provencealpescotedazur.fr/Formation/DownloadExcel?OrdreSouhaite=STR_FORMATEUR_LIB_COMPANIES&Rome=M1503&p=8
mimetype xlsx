--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -464,77 +464,77 @@
   <x:si>
     <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
   </x:si>
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>Être membre du CSE - Formation initiale santé sécurité et conditions de travail - PRA050</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Comité social économique</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/09/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/10/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Membre du CSE : renouvellement de la formation santé-sécurité et conditions de travail - PRA052</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-16e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>13/10/2025</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Travailler à plusieurs dans une société agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale pour le Développement de l'Emploi Agricole et Rural Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>ARDEAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>84953</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Exploitant agricole, salarié agricole</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROCHE-DES-ARNAUDS</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
@@ -1037,80 +1037,80 @@
   <x:si>
     <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>31/08/2027</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable en gestion administrative et ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icademie Editions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration personnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé(e)  de recrutement</x:t>
   </x:si>
   <x:si>
-    <x:t>Icademie Editions</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/03/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite changement</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable en gestion administrative et ressources humaines</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>31/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>Recruter avec efficience pour limiter le turnover.</x:t>
   </x:si>
   <x:si>
     <x:t>Impuls</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite entretien recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>16/05/2025</x:t>
@@ -1145,65 +1145,65 @@
   <x:si>
     <x:t>Institut des Hautes Etudes en Médiation et en Négociation</x:t>
   </x:si>
   <x:si>
     <x:t>IHEMN</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Notions et approfondissement en médiation et négociation</x:t>
   </x:si>
   <x:si>
     <x:t>Notions en médiation et négociation</x:t>
   </x:si>
   <x:si>
     <x:t>24/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2027</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisation médiation en entreprise</x:t>
   </x:si>
   <x:si>
+    <x:t>26/09/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/12/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Approfondissement en Médiation et en Négociation</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation socioculturelle</x:t>
   </x:si>
   <x:si>
-    <x:t>26/09/2024</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Certificat gestion des conflits et médiations</x:t>
   </x:si>
   <x:si>
     <x:t>Institut d'Etudes Politiques</x:t>
   </x:si>
   <x:si>
     <x:t>IEP</x:t>
   </x:si>
   <x:si>
     <x:t>13/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat management des hommes et performance de l'organisme</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie travail</x:t>
   </x:si>
   <x:si>
     <x:t>31/01/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de l'organisation des ressources humaines et des relations sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
@@ -1343,66 +1343,66 @@
   <x:si>
     <x:t>Renforcer ses compétences pour agir pour la santé, sécurité, conditions de travail (membres réélus des CSE et CSSCT -300)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisation Professionnelle de la Prévention dans le Bâtiment et Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>OPPBTP</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>Elu</x:t>
   </x:si>
   <x:si>
     <x:t>Santé sécurité travail</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>Agir pour la santé, sécurité, conditions de travail - Membres de CSE /CSSCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/10/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Accueil et formation renforcée à la sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Membres du CSE – Formation Economique et Social</x:t>
   </x:si>
   <x:si>
     <x:t>Prométhée Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13160</x:t>
   </x:si>
   <x:si>
     <x:t>Membre élu du CE , Membre élu du CHSCT</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
   </x:si>
   <x:si>
     <x:t>Violences sexuelles et sexistes</x:t>
   </x:si>
   <x:si>
     <x:t>Qwantic - Cbs Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
@@ -4408,188 +4408,188 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>562092</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="S43" s="0" t="n">
+        <x:v>562095</x:v>
+      </x:c>
+      <x:c r="T43" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="S43" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T43" s="4" t="s">
+      <x:c r="U43" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>562093</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>33029</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>562095</x:v>
+        <x:v>573575</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -7219,51 +7219,51 @@
       <x:c r="J94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>527540</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>79</x:v>
@@ -8122,51 +8122,51 @@
       <x:c r="J110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>549493</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>28776</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -8176,51 +8176,51 @@
       <x:c r="J111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>510478</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8235,51 +8235,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>543431</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>28776</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8292,51 +8292,51 @@
       <x:c r="J113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>445970</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8427,259 +8427,259 @@
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>552235</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C116" s="15" t="s"/>
+      <x:c r="C116" s="15" t="n">
+        <x:v>29550</x:v>
+      </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s"/>
+      <x:c r="J116" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>516255</x:v>
+        <x:v>396834</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>35756</x:v>
+        <x:v>29550</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>526087</x:v>
+        <x:v>396836</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C118" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="J118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>396834</x:v>
+        <x:v>516255</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>29550</x:v>
+        <x:v>35756</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>33052</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>396836</x:v>
+        <x:v>526087</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8733,60 +8733,60 @@
       <x:c r="E121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>505707</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
@@ -9122,271 +9122,271 @@
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>541364</x:v>
+        <x:v>529433</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>33049</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>511517</x:v>
+        <x:v>543284</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>33020</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>529433</x:v>
+        <x:v>541365</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>33049</x:v>
+        <x:v>33020</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>543284</x:v>
+        <x:v>541364</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>33020</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>541365</x:v>
+        <x:v>511517</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>43</x:v>
@@ -9607,51 +9607,51 @@
       <x:c r="G137" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>452393</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
@@ -9666,51 +9666,51 @@
       <x:c r="G138" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>531198</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
@@ -9723,51 +9723,51 @@
       <x:c r="G139" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>531197</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
@@ -10895,130 +10895,130 @@
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>551724</x:v>
+        <x:v>546358</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>546358</x:v>
+        <x:v>551724</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
@@ -12469,139 +12469,139 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>566106</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>33049</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>559262</x:v>
+        <x:v>559263</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33049</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>559263</x:v>
+        <x:v>559262</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>