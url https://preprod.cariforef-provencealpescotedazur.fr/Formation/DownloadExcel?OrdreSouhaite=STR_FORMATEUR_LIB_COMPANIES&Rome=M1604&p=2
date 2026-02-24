--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -308,50 +308,68 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Alternance Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
@@ -422,89 +440,89 @@
   <x:si>
     <x:t>BUT spécialité gestion administrative et commerciale des organisations parcours management responsable de projet et entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organisation travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention administration économique et sociale parcours entreprise et administration des PME-PMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention gestion parcours gestion d'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connaissance entreprise</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
   </x:si>
   <x:si>
-    <x:t>Connaissance entreprise</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
   </x:si>
   <x:si>
-    <x:t>LUYNES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion parcours économie finance</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours management comptable et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours administration des institutions culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention administration économique et sociale</x:t>
@@ -536,86 +554,68 @@
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME module télétravail</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>05000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
@@ -902,113 +902,113 @@
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de gestion et d'administration d'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat formation</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEEME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS support à l'action managériale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFBT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cevennes Formations Alès</x:t>
   </x:si>
   <x:si>
     <x:t>30100</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Cf</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS support à l'action managériale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
@@ -1055,62 +1055,62 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise artisanale</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC02 Assurer la comptabilité générale d’une entreprise artisanale – TPE-PME</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC03 Assurer la rentabilité et la réalisation des budgets de sa TPE-PME</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC05 Définir sa stratégie commerciale et son marketing digital</x:t>
   </x:si>
   <x:si>
-    <x:t>01/19/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School</x:t>
   </x:si>
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>93700</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC01 Assister à la gestion des ressources humaines et au management des collaborateurs d’une entreprise artisanale – TPE/PME</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Aix en Provence</x:t>
@@ -1307,59 +1307,59 @@
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/14/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce et développement international en partenariat avec l'EMD Marseille (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
@@ -1613,56 +1613,56 @@
   <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formations Compétences et Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>FCP</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
+    <x:t>Tuteur</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE CASTELLET</x:t>
   </x:si>
   <x:si>
-    <x:t>Tuteur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fraser Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
@@ -1769,66 +1769,66 @@
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupement Promotion Echanges Internationaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro Manager et développer une TPE/PME</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement Promotion Echanges Internationaux</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MENTON</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>HECG</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
@@ -4226,3415 +4226,3414 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>539969</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>545207</x:v>
+        <x:v>545467</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>539970</x:v>
+        <x:v>545207</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>548025</x:v>
+        <x:v>539970</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>604420</x:v>
+        <x:v>548025</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>548026</x:v>
+        <x:v>604420</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>548166</x:v>
+        <x:v>548026</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>604484</x:v>
+        <x:v>548166</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>548165</x:v>
+        <x:v>604484</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>540556</x:v>
+        <x:v>548165</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>540555</x:v>
+        <x:v>540556</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>545273</x:v>
+        <x:v>540555</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>572841</x:v>
+        <x:v>545273</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>604486</x:v>
+        <x:v>572841</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>604485</x:v>
+        <x:v>604486</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>610274</x:v>
+        <x:v>604485</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>610273</x:v>
+        <x:v>610274</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>610272</x:v>
+        <x:v>610273</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>606563</x:v>
+        <x:v>610272</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>606564</x:v>
+        <x:v>606563</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>606565</x:v>
+        <x:v>606564</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35386</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="P41" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="S41" s="0" t="n">
+        <x:v>606565</x:v>
+      </x:c>
+      <x:c r="T41" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35386</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="P42" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>575663</x:v>
+        <x:v>575970</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>575658</x:v>
+        <x:v>575669</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>575659</x:v>
+        <x:v>575655</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P45" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>575669</x:v>
+        <x:v>575664</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="P46" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P46" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>575655</x:v>
+        <x:v>575660</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="P47" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P47" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>575664</x:v>
+        <x:v>575663</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575660</x:v>
+        <x:v>575658</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="P49" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P49" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>575748</x:v>
+        <x:v>575659</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="P50" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P50" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>575666</x:v>
+        <x:v>575748</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="P51" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P51" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>575667</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="P52" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P52" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>575668</x:v>
+        <x:v>575667</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="P53" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P53" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>575855</x:v>
+        <x:v>575668</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>575662</x:v>
+        <x:v>575855</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="P55" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P55" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>575853</x:v>
+        <x:v>575662</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>575656</x:v>
+        <x:v>575853</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="P57" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>577316</x:v>
+        <x:v>575656</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>595419</x:v>
+        <x:v>577316</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>595465</x:v>
+        <x:v>595419</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595464</x:v>
+        <x:v>595465</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>591973</x:v>
+        <x:v>595464</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>595418</x:v>
+        <x:v>591973</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>595466</x:v>
+        <x:v>595418</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>591974</x:v>
+        <x:v>595466</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="I65" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="H65" s="0" t="s">
+      <x:c r="J65" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="K65" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="I65" s="4" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="Q65" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>601168</x:v>
+        <x:v>591974</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s"/>
+      <x:c r="G66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="F66" s="14" t="s">
+      <x:c r="H66" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="G66" s="14" t="s">
+      <x:c r="I66" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="H66" s="14" t="s"/>
-[...2 lines deleted...]
-      </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>583754</x:v>
+        <x:v>601168</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-        <x:v>147</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>549120</x:v>
+        <x:v>583754</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>495511</x:v>
+        <x:v>549120</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="R69" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="R69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>496029</x:v>
+        <x:v>495511</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>545466</x:v>
+        <x:v>496029</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>601454</x:v>
+        <x:v>545466</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="S72" s="14" t="n">
+        <x:v>601454</x:v>
+      </x:c>
+      <x:c r="T72" s="16" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="S73" s="0" t="n">
+        <x:v>601455</x:v>
+      </x:c>
+      <x:c r="T73" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="S73" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>496033</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>496036</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>545468</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>601456</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>601450</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -8227,51 +8226,51 @@
       <x:c r="L89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>600589</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
@@ -8286,51 +8285,51 @@
       <x:c r="L90" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>600590</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -9468,394 +9467,394 @@
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>571088</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>595420</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>608909</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>608910</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>556509</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>556510</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>504379</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11146,51 +11145,51 @@
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>502385</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -11203,51 +11202,51 @@
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>502375</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
@@ -11262,51 +11261,51 @@
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>502376</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -11319,399 +11318,399 @@
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>502386</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>507211</x:v>
+        <x:v>507196</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>507214</x:v>
+        <x:v>507197</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>507196</x:v>
+        <x:v>507211</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>507197</x:v>
+        <x:v>507214</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>507198</x:v>
+        <x:v>507212</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>507212</x:v>
+        <x:v>507198</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
@@ -11943,94 +11942,97 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>601920</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>36390</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35004</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>603769</x:v>
+        <x:v>603515</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36390</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>272</x:v>
@@ -12044,1121 +12046,1118 @@
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>35004</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>603515</x:v>
+        <x:v>575059</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>36390</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>35004</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>575059</x:v>
+        <x:v>556779</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>556779</x:v>
+        <x:v>556781</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>556781</x:v>
+        <x:v>607787</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>607787</x:v>
+        <x:v>607789</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>607789</x:v>
+        <x:v>508962</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>508962</x:v>
+        <x:v>508958</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>508958</x:v>
+        <x:v>541381</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="Q162" s="16" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="R162" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="Q162" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>541381</x:v>
+        <x:v>608391</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="Q163" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="R163" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="Q163" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>608391</x:v>
+        <x:v>555014</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>555014</x:v>
+        <x:v>580636</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>580636</x:v>
+        <x:v>573429</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="I166" s="16" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="J166" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K166" s="14" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>573426</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="I167" s="4" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="J167" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K167" s="0" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>573423</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>573429</x:v>
+        <x:v>498703</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>498703</x:v>
+        <x:v>547092</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>547092</x:v>
+        <x:v>600497</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H171" s="0" t="s">
+      <x:c r="I171" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="I171" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="R171" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="R171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>600497</x:v>
+        <x:v>603769</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>537317</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13177,51 +13176,51 @@
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>495992</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
@@ -13236,59 +13235,59 @@
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>495976</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
@@ -13298,51 +13297,51 @@
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>469546</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
@@ -13355,208 +13354,207 @@
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>469545</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
-      <x:c r="E177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>545649</x:v>
+        <x:v>542522</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>542423</x:v>
+        <x:v>545649</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>542522</x:v>
+        <x:v>542423</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>299</x:v>
@@ -13815,51 +13813,51 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>586467</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>32139</x:v>
@@ -14090,51 +14088,51 @@
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>498767</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>305</x:v>
@@ -14142,114 +14140,114 @@
       <x:c r="I190" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>497961</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>551856</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14263,54 +14261,54 @@
       <x:c r="I192" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>601001</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14464,158 +14462,158 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>610012</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>549358</x:v>
+        <x:v>549346</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>549346</x:v>
+        <x:v>549358</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>313</x:v>
@@ -14869,289 +14867,289 @@
       <x:c r="J202" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>584795</x:v>
+        <x:v>584793</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>584659</x:v>
+        <x:v>584795</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>584660</x:v>
+        <x:v>584659</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>584793</x:v>
+        <x:v>584660</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>611247</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -15283,51 +15281,51 @@
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>611288</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>323</x:v>
@@ -15459,51 +15457,51 @@
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>604715</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15519,51 +15517,51 @@
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>552793</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15580,51 +15578,51 @@
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>502224</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15637,54 +15635,54 @@
       <x:c r="I215" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>552836</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15698,54 +15696,54 @@
       <x:c r="I216" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>604204</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16277,610 +16275,610 @@
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>558139</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>558137</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>558138</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>529159</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>611452</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>587314</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>611466</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>599039</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>599040</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>575916</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -16889,304 +16887,304 @@
         <x:v>376</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>506266</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>506269</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>505779</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>505821</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>505776</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>505819</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -17518,51 +17516,51 @@
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>513657</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17575,51 +17573,51 @@
       <x:c r="J249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>601749</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17634,68 +17632,68 @@
       <x:c r="J250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>566583</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>32139</x:v>
@@ -17870,51 +17868,51 @@
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>506134</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17927,51 +17925,51 @@
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>506140</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -18102,51 +18100,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>506133</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18159,167 +18157,167 @@
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>506139</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>506132</x:v>
+        <x:v>506138</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>506138</x:v>
+        <x:v>506132</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
@@ -18382,54 +18380,54 @@
       <x:c r="I263" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>600277</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18443,54 +18441,54 @@
       <x:c r="I264" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>600280</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18503,54 +18501,54 @@
       <x:c r="I265" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>572162</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18564,54 +18562,54 @@
       <x:c r="I266" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>572165</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18811,51 +18809,51 @@
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>598716</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19043,207 +19041,208 @@
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>583297</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
+      <x:c r="E275" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>569947</x:v>
+        <x:v>548169</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>548169</x:v>
+        <x:v>569947</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>577248</x:v>
+        <x:v>572702</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
@@ -19310,51 +19309,51 @@
       <x:c r="K279" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>572702</x:v>
+        <x:v>577248</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>403</x:v>
@@ -19372,135 +19371,135 @@
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>600036</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>594538</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>594168</x:v>
       </x:c>
@@ -19513,750 +19512,750 @@
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>611442</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>558149</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>558150</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>611493</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>546218</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>499771</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>600170</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>594165</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>594164</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>597119</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>594537</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>594179</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>594163</x:v>
       </x:c>
@@ -20852,73 +20851,73 @@
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>555823</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>594173</x:v>
       </x:c>
@@ -21203,51 +21202,51 @@
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>599650</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
@@ -21319,51 +21318,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>602106</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
@@ -21386,70 +21385,70 @@
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>506916</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>597120</x:v>
       </x:c>
@@ -21622,51 +21621,51 @@
         <x:v>573908</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>554305</x:v>
       </x:c>
@@ -21889,51 +21888,51 @@
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>605521</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
@@ -21946,51 +21945,51 @@
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>538533</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
@@ -22103,135 +22102,135 @@
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>598736</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>594170</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>594171</x:v>
       </x:c>
@@ -23029,153 +23028,153 @@
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>546058</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>546054</x:v>
+        <x:v>497620</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>497620</x:v>
+        <x:v>497608</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>491</x:v>
@@ -23190,57 +23189,57 @@
       <x:c r="K346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>497608</x:v>
+        <x:v>546054</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23598,51 +23597,51 @@
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>601551</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
@@ -23657,51 +23656,51 @@
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>601563</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
@@ -23714,51 +23713,51 @@
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>601564</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
@@ -23773,51 +23772,51 @@
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>601552</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
@@ -24056,51 +24055,51 @@
       <x:c r="I361" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>600258</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
@@ -24305,164 +24304,164 @@
       <x:c r="M365" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>557578</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>34143</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>543529</x:v>
+        <x:v>535938</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>34143</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>535938</x:v>
+        <x:v>543529</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>517</x:v>
@@ -24617,532 +24616,532 @@
       <x:c r="S370" s="14" t="n">
         <x:v>601030</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>605941</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>607335</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R373" s="0" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>542500</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>547563</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>494752</x:v>
+        <x:v>547562</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>547562</x:v>
+        <x:v>494752</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>522065</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>542498</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>591163</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
@@ -25379,57 +25378,57 @@
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>579305</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -25552,173 +25551,173 @@
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>567683</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>479834</x:v>
+        <x:v>522079</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>522079</x:v>
+        <x:v>479834</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
@@ -25790,51 +25789,51 @@
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>609810</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
@@ -25873,66 +25872,66 @@
       <x:c r="T392" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
@@ -26317,132 +26316,132 @@
       <x:c r="T400" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>557456</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
@@ -26539,66 +26538,66 @@
       <x:c r="T404" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>575212</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
@@ -26859,157 +26858,156 @@
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>542504</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
-      <x:c r="E411" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>494819</x:v>
+        <x:v>522082</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
-      <x:c r="E412" s="14" t="s"/>
+      <x:c r="E412" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>522082</x:v>
+        <x:v>494819</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -27245,54 +27243,54 @@
       <x:c r="I417" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>603619</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27304,54 +27302,54 @@
       <x:c r="I418" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>549469</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27361,54 +27359,54 @@
       <x:c r="I419" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>499310</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27721,51 +27719,51 @@
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>495316</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
@@ -27780,51 +27778,51 @@
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>495320</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28020,147 +28018,147 @@
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>608344</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>30122</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>564389</x:v>
+        <x:v>553996</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="H432" s="14" t="s">
+      <x:c r="I432" s="16" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>558631</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
@@ -28176,286 +28174,286 @@
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>554025</x:v>
+        <x:v>554790</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>554026</x:v>
+        <x:v>554806</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>553996</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>554790</x:v>
+        <x:v>554025</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>554806</x:v>
+        <x:v>554026</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
@@ -28467,54 +28465,54 @@
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>554805</x:v>
+        <x:v>572365</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
@@ -28524,54 +28522,54 @@
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>572365</x:v>
+        <x:v>554805</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
@@ -28640,51 +28638,51 @@
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>553995</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
@@ -28699,54 +28697,54 @@
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>507611</x:v>
+        <x:v>509258</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
@@ -28815,54 +28813,54 @@
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>509258</x:v>
+        <x:v>507611</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
@@ -28931,57 +28929,57 @@
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>522091</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -28994,51 +28992,51 @@
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>522085</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
@@ -29053,51 +29051,51 @@
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>522087</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -29110,51 +29108,51 @@
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>522089</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
@@ -29163,51 +29161,51 @@
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>606238</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
@@ -29279,99 +29277,99 @@
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>606277</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>606241</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
@@ -29395,51 +29393,51 @@
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>608345</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
@@ -29538,202 +29536,202 @@
       <x:c r="S456" s="14" t="n">
         <x:v>554791</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H457" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="H457" s="0" t="s">
+      <x:c r="I457" s="4" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>601143</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="H458" s="14" t="s">
+      <x:c r="I458" s="16" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>497745</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H459" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="H459" s="0" t="s">
+      <x:c r="I459" s="4" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>548448</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
@@ -29819,51 +29817,51 @@
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>599144</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>573</x:v>
@@ -29880,51 +29878,51 @@
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>599148</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
@@ -30231,51 +30229,51 @@
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>502704</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
@@ -30288,51 +30286,51 @@
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>502673</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
@@ -30355,70 +30353,70 @@
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>599877</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>594181</x:v>
       </x:c>
@@ -30868,51 +30866,51 @@
       <x:c r="M479" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>535320</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
@@ -30927,51 +30925,51 @@
       <x:c r="M480" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>535324</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30989,274 +30987,271 @@
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>611107</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>594169</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>594547</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>594176</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
-      <x:c r="E485" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>546945</x:v>
+        <x:v>551731</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
         <x:v>595</x:v>
@@ -31267,111 +31262,114 @@
       <x:c r="K486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>546947</x:v>
+        <x:v>546945</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
+      <x:c r="E487" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>551731</x:v>
+        <x:v>546947</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>594</x:v>
@@ -31630,51 +31628,51 @@
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>549099</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
@@ -31881,51 +31879,51 @@
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>588144</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
@@ -32015,66 +32013,66 @@
       <x:c r="U498" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>607976</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
@@ -32592,70 +32590,70 @@
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>523230</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>594158</x:v>
       </x:c>
@@ -32762,51 +32760,51 @@
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>603795</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>28</x:v>
@@ -32819,51 +32817,51 @@
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>487528</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
@@ -32989,210 +32987,210 @@
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>545664</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>63</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
-      <x:c r="E516" s="14" t="s"/>
+      <x:c r="E516" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>542362</x:v>
+        <x:v>545661</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>542364</x:v>
+        <x:v>542362</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
-      <x:c r="E518" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>545661</x:v>
+        <x:v>542364</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
@@ -33410,66 +33408,66 @@
       <x:c r="U522" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>547460</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
@@ -33499,51 +33497,51 @@
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>504947</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
@@ -33672,51 +33670,51 @@
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>499872</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
@@ -33904,51 +33902,51 @@
       <x:c r="L531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>603551</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
@@ -34255,51 +34253,51 @@
       <x:c r="M537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>549657</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
@@ -34379,434 +34377,434 @@
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>546004</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>508721</x:v>
+        <x:v>508729</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>508723</x:v>
+        <x:v>508721</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>37345</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>508729</x:v>
+        <x:v>508723</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>504646</x:v>
+        <x:v>504648</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>504647</x:v>
+        <x:v>504649</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>504648</x:v>
+        <x:v>504646</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>504649</x:v>
+        <x:v>504647</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
@@ -35008,272 +35006,272 @@
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>600139</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>546005</x:v>
+        <x:v>546014</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>546014</x:v>
+        <x:v>546005</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>508722</x:v>
+        <x:v>508724</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>508724</x:v>
+        <x:v>508722</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -35294,460 +35292,460 @@
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>598963</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>594192</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>594552</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>594546</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>594178</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>594186</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>594190</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>594553</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>594535</x:v>
       </x:c>
@@ -35791,51 +35789,51 @@
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>511088</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
@@ -35920,70 +35918,70 @@
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>608111</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>594541</x:v>
       </x:c>
@@ -36336,82 +36334,82 @@
         <x:v>602250</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>547665</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -36554,357 +36552,357 @@
       <x:c r="L577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>511025</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>594188</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>594180</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>594551</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>594162</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>594187</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>594536</x:v>
       </x:c>
@@ -37008,51 +37006,51 @@
       <x:c r="L585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>511026</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s">
         <x:v>564</x:v>
@@ -37077,310 +37075,310 @@
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>608169</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>594185</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>594191</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>594539</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>594189</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>594543</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
@@ -37397,51 +37395,51 @@
       <x:c r="I592" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>608243</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
@@ -37454,51 +37452,51 @@
       <x:c r="I593" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>605982</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
@@ -37515,51 +37513,51 @@
       <x:c r="I594" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>556277</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
@@ -37572,51 +37570,51 @@
       <x:c r="I595" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>558358</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
@@ -37633,108 +37631,108 @@
       <x:c r="I596" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>511087</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>556683</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
@@ -37760,246 +37758,246 @@
       <x:c r="L598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
         <x:v>511089</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>594550</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>594161</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>594545</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>594542</x:v>
       </x:c>
@@ -38036,51 +38034,51 @@
       <x:c r="J603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
         <x:v>556476</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -38097,57 +38095,57 @@
       <x:c r="J604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>511027</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
@@ -38157,51 +38155,51 @@
       <x:c r="J605" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>556404</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -38218,51 +38216,51 @@
       <x:c r="J606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>608162</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -38278,165 +38276,165 @@
       <x:c r="J607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>608168</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>594540</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>611036</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -38761,127 +38759,127 @@
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>602244</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>594175</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>594544</x:v>
       </x:c>
@@ -39054,127 +39052,127 @@
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>611238</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>594183</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>594549</x:v>
       </x:c>
@@ -39367,75 +39365,75 @@
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>547878</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39578,81 +39576,81 @@
       <x:c r="L629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>511028</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>594177</x:v>
       </x:c>
@@ -39689,51 +39687,51 @@
       <x:c r="J631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>608112</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -39750,57 +39748,57 @@
       <x:c r="J632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>511090</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
@@ -39810,198 +39808,198 @@
       <x:c r="J633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>556279</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>594182</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>594160</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>594548</x:v>
       </x:c>
@@ -40227,153 +40225,153 @@
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>552575</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>501313</x:v>
+        <x:v>501294</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>501294</x:v>
+        <x:v>501313</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
@@ -40972,51 +40970,51 @@
       <x:c r="M653" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>506010</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
@@ -41031,161 +41029,161 @@
       <x:c r="M654" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>505976</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
-        <x:v>587355</x:v>
+        <x:v>587357</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
-        <x:v>587357</x:v>
+        <x:v>587355</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
@@ -41268,181 +41266,181 @@
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>587358</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>594174</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>594167</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>594166</x:v>
       </x:c>
@@ -41762,51 +41760,51 @@
       <x:c r="L667" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>502624</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s">
         <x:v>759</x:v>
@@ -42068,51 +42066,51 @@
       <x:c r="M672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>508945</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -42302,51 +42300,51 @@
       <x:c r="L676" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>504975</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="E677" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
@@ -42952,153 +42950,153 @@
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>549436</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>504843</x:v>
+        <x:v>504839</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>504839</x:v>
+        <x:v>504843</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>777</x:v>
@@ -43297,94 +43295,94 @@
       </x:c>
       <x:c r="O693" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
         <x:v>549437</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>594159</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
@@ -43403,51 +43401,51 @@
       <x:c r="M695" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>598344</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -43457,54 +43455,54 @@
       <x:c r="L696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>597573</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -43514,51 +43512,51 @@
       <x:c r="M697" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>572862</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
@@ -43743,51 +43741,51 @@
       <x:c r="M701" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>533781</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -44086,51 +44084,51 @@
       <x:c r="L707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>601344</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
@@ -44145,51 +44143,51 @@
       <x:c r="L708" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>601345</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>36521</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="E709" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -44326,73 +44324,73 @@
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>499978</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>594172</x:v>
       </x:c>
@@ -44548,51 +44546,51 @@
       <x:c r="L715" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>495352</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
@@ -44607,51 +44605,51 @@
       <x:c r="L716" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>495346</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="E717" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
@@ -44847,420 +44845,420 @@
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>547290</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s"/>
       <x:c r="I722" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K724" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
         <x:v>591975</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="G725" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
         <x:v>591972</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C726" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="I726" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K726" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
         <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D727" s="3" t="s"/>
       <x:c r="G727" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">