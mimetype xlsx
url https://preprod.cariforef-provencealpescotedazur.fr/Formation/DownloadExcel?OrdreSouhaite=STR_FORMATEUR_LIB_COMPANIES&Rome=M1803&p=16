--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -413,77 +413,77 @@
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Systèmes et réseaux Devops</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention métiers de l'informatique : conception, développement et test de logiciels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langages informatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Agile Scrum : Initiaiton</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode Agile</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
@@ -539,83 +539,83 @@
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé du CESI spécialité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI école d'ingénieurs - campus de Paris Nanterre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>cycle préparatoire Intégré CESI - spécialité généraliste, BTP, informatique, systèmes embarqués</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite travaux BTP</x:t>
   </x:si>
   <x:si>
-    <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
-[...11 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
+    <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
-    <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kubernetes : initiation + approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel open source</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Srum : PSPO 1 (Professional Scrum Product Owner)</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
@@ -644,107 +644,107 @@
   <x:si>
     <x:t>Azure : Initiation et Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Agile Scrum Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité applications intelligentes et big data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité cybersécurité et haute disponibilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administrateur Support</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développeur PHP Fullstack</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Administrateur Support</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Dcf - Academy Numérique</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
@@ -758,197 +758,197 @@
   <x:si>
     <x:t>My digital school Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH</x:t>
   </x:si>
   <x:si>
     <x:t>94270</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pré-MSc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public sans emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture système information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développeur web (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte de systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Eductive Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert en ingénierie logicielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPITECH - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>architecte de systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">expert en management des systèmes d'information </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Système information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPITECH - campus de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école supérieure angevine d'informatique et de productique spécialité informatique et réseaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAIP - site d'Angers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résolution problème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAIP- site d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esimed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé d'Eurecom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURECOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de projets informatiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Pré-MSc</x:t>
-[...130 lines deleted...]
-  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère Européen Informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
@@ -965,59 +965,59 @@
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intégration continue</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administration Systèmes Microsoft</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Systèmes et Réseaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Administrateur Système Linux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linux</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dessinateur projeteur nucléaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Administrateur Système Linux</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
@@ -1202,65 +1202,65 @@
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée international de Valbonne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée international de Valbonne</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
-    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
@@ -1319,90 +1319,90 @@
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Création de maquette multi - plateformes avec Figma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médiation numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Les nouveaux technologies</x:t>
   </x:si>
   <x:si>
-    <x:t>Mandyben</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
-    <x:t>12/16/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>12/21/2026 00:00:00</x:t>
+    <x:t>08/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
@@ -3853,54 +3853,54 @@
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592285</x:v>
+        <x:v>592284</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
@@ -3910,54 +3910,54 @@
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592284</x:v>
+        <x:v>592286</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -3967,51 +3967,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592286</x:v>
+        <x:v>592285</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
@@ -4257,159 +4257,159 @@
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>591875</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>40319</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592086</x:v>
+        <x:v>592411</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>40319</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>592411</x:v>
+        <x:v>592086</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24231</x:v>
@@ -5046,254 +5046,254 @@
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="n">
+        <x:v>40612</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>22293</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>597190</x:v>
+        <x:v>592576</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>22293</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>592576</x:v>
+        <x:v>597190</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>162</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>22293</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>592577</x:v>
+        <x:v>597189</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C52" s="15" t="s"/>
+      <x:c r="C52" s="15" t="n">
+        <x:v>40612</x:v>
+      </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="J52" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J52" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>22293</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>597189</x:v>
+        <x:v>592577</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>62</x:v>
@@ -6379,202 +6379,202 @@
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>587048</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>587058</x:v>
+        <x:v>581522</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>587054</x:v>
+        <x:v>581518</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>587053</x:v>
+        <x:v>581523</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>128</x:v>
@@ -6597,916 +6597,916 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>567344</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>581520</x:v>
+        <x:v>586922</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>581522</x:v>
+        <x:v>586923</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>581518</x:v>
+        <x:v>586936</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>581523</x:v>
+        <x:v>586935</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>586922</x:v>
+        <x:v>586939</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>586923</x:v>
+        <x:v>586940</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>586936</x:v>
+        <x:v>586941</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>586935</x:v>
+        <x:v>586942</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>586939</x:v>
+        <x:v>586947</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>586940</x:v>
+        <x:v>586948</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>586941</x:v>
+        <x:v>586946</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>586942</x:v>
+        <x:v>586945</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>587050</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>587055</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U92" s="16" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>587046</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U93" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>587051</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U94" s="16" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>586938</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
@@ -7515,100 +7515,100 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>586925</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>586926</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
@@ -7838,434 +7838,434 @@
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>586947</x:v>
+        <x:v>586950</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>586948</x:v>
+        <x:v>586949</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>586946</x:v>
+        <x:v>586953</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>586945</x:v>
+        <x:v>586954</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>586950</x:v>
+        <x:v>587048</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U107" s="4" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>586949</x:v>
+        <x:v>587058</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>586953</x:v>
+        <x:v>587054</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U109" s="4" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>586954</x:v>
+        <x:v>587053</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U110" s="16" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
@@ -9183,1670 +9183,1670 @@
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>580870</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C129" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
-      <x:c r="E129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G129" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="I129" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="K129" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="I129" s="4" t="s">
+      <x:c r="L129" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M129" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N129" s="3" t="n">
+        <x:v>31009</x:v>
+      </x:c>
+      <x:c r="O129" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="J129" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>602647</x:v>
+        <x:v>567243</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>567243</x:v>
+        <x:v>567244</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>234</x:v>
-[...1 lines deleted...]
-      <x:c r="C131" s="3" t="s"/>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C131" s="3" t="n">
+        <x:v>38436</x:v>
+      </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
+      <x:c r="J131" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>567244</x:v>
+        <x:v>568847</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38436</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>568847</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>568843</x:v>
+        <x:v>568842</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="R134" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="S134" s="14" t="n">
+        <x:v>568840</x:v>
+      </x:c>
+      <x:c r="T134" s="16" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U134" s="16" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>568839</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>568840</x:v>
+        <x:v>597152</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>37985</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>597152</x:v>
+        <x:v>597161</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37985</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>597161</x:v>
+        <x:v>597191</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>35284</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>597191</x:v>
+        <x:v>595213</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>35284</x:v>
+        <x:v>37985</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>595213</x:v>
+        <x:v>597162</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35284</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>595214</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>597192</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>37985</x:v>
+        <x:v>35568</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>597162</x:v>
+        <x:v>595930</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>35568</x:v>
+        <x:v>34408</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s"/>
+      <x:c r="E144" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="Q144" s="16" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="R144" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="Q144" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>595930</x:v>
+        <x:v>501620</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>34408</x:v>
+        <x:v>38656</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
-      <x:c r="E145" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="P145" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="Q145" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="P145" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>501620</x:v>
+        <x:v>596436</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38656</x:v>
+        <x:v>39907</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>596436</x:v>
+        <x:v>595013</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>39907</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>595013</x:v>
+        <x:v>592080</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>38905</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>592080</x:v>
+        <x:v>602647</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>602648</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>531237</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>516303</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>35273</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>474286</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>546795</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>558884</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>546793</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>531238</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>531243</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -11044,237 +11044,237 @@
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>588346</x:v>
+        <x:v>598662</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>598662</x:v>
+        <x:v>588346</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>608953</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>608954</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -11298,51 +11298,51 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>587125</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>172</x:v>
@@ -11355,51 +11355,51 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>553421</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -11430,51 +11430,51 @@
       <x:c r="U168" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -11837,51 +11837,51 @@
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -11894,51 +11894,51 @@
       <x:c r="U176" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -12051,649 +12051,649 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>550914</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>550731</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>550735</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>550953</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>550735</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>551044</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>551039</x:v>
+        <x:v>550736</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>550736</x:v>
+        <x:v>550745</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>37843</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>550743</x:v>
+        <x:v>550731</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>550745</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -12706,501 +12706,501 @@
       <x:c r="U190" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>546298</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>546300</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>523237</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31057</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>509865</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
@@ -13289,51 +13289,51 @@
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>542414</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
@@ -13580,75 +13580,75 @@
         <x:v>369</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>560785</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -13674,139 +13674,139 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="I209" s="4" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="Q209" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="Q209" s="4" t="s">
+      <x:c r="R209" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="R209" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>595853</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="Q210" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="Q210" s="16" t="s">
+      <x:c r="R210" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="R210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>594655</x:v>
+        <x:v>595853</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>67</x:v>
@@ -13901,51 +13901,51 @@
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
@@ -14056,51 +14056,51 @@
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
@@ -14184,74 +14184,74 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>595852</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
@@ -14362,51 +14362,51 @@
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>592951</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
@@ -14464,51 +14464,51 @@
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>592950</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
@@ -14592,74 +14592,74 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>597473</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>595851</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
@@ -14769,51 +14769,51 @@
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -14926,412 +14926,412 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>550955</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>550733</x:v>
+        <x:v>550915</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>550734</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>550915</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>551041</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>36469</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>550917</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>550738</x:v>
+        <x:v>550917</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -15519,51 +15519,51 @@
       <x:c r="U242" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -15635,51 +15635,51 @@
       <x:c r="U244" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -15694,51 +15694,51 @@
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -15926,594 +15926,594 @@
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>608603</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>545600</x:v>
+        <x:v>576524</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>544625</x:v>
+        <x:v>545600</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>537799</x:v>
+        <x:v>544625</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>576524</x:v>
+        <x:v>537799</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>578314</x:v>
+        <x:v>576520</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>576521</x:v>
+        <x:v>577818</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>576522</x:v>
+        <x:v>578314</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>576519</x:v>
+        <x:v>576522</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>576520</x:v>
+        <x:v>576519</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>577818</x:v>
+        <x:v>576521</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -16585,151 +16585,151 @@
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>589941</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>598491</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>436</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>598490</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
@@ -16913,51 +16913,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24326</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>595616</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>103</x:v>
@@ -17006,51 +17006,51 @@
       <x:c r="G270" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
@@ -17063,51 +17063,51 @@
       <x:c r="G271" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
@@ -17175,51 +17175,51 @@
       <x:c r="G273" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
@@ -17234,51 +17234,51 @@
       <x:c r="G274" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
@@ -17291,51 +17291,51 @@
       <x:c r="G275" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
@@ -17350,51 +17350,51 @@
       <x:c r="G276" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
@@ -17407,51 +17407,51 @@
       <x:c r="G277" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>578575</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
@@ -17466,51 +17466,51 @@
       <x:c r="G278" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>578576</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
@@ -17518,51 +17518,51 @@
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
@@ -17599,51 +17599,51 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>580628</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
@@ -17732,110 +17732,110 @@
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>578531</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
@@ -17848,51 +17848,51 @@
       <x:c r="G285" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
@@ -18882,51 +18882,51 @@
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -18938,60 +18938,60 @@
       <x:c r="I306" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -19082,360 +19082,360 @@
         <x:v>526</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>557851</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>581270</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>549713</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>448036</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35582</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>448038</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>606190</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>605066</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>36197</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
@@ -19505,122 +19505,122 @@
       <x:c r="J316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>592283</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>592083</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
@@ -19633,162 +19633,162 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>592081</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>592082</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>40319</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>592412</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>24231</x:v>
@@ -19814,92 +19814,92 @@
       <x:c r="U321" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>596792</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>24231</x:v>
@@ -19925,111 +19925,111 @@
       <x:c r="U323" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>596793</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -20046,51 +20046,51 @@
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -20106,296 +20106,296 @@
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>513899</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>454246</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>583455</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>31057</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>529055</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>31057</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>559244</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>570</x:v>
       </x:c>