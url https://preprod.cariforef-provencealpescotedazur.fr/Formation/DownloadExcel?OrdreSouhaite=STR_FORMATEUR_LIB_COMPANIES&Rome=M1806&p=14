--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -266,357 +266,357 @@
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours évaluation et conseil en action sociale et développement économique</x:t>
   </x:si>
   <x:si>
     <x:t>Statistique descriptive</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours management de la qualité, de la performance et du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie de l'entreprise et des marchés parcours création d'entreprise</x:t>
   </x:si>
   <x:si>
+    <x:t>Gestion de projet et Méthodologie de travail module la budgétisation en mode projet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cegefos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion projet informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2021 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration système</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité gestion des entreprises et des administrations parcours contrôle de gestion et pilotage de la performance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - intelligence artificielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert intelligence artificielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation Game Designer et Game Programmer (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement logiciel, mobile et loT (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économie de l'entreprise et des marchés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de projets informatiques spécialité expert IT application intelligente et big data (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Améliorez vos perspectives professionnelles en renforçant vos compétences numériques dans le domaine de l'informatique et d'Internet.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Cool - L'Informatique pour Tous</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accessibilité numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-MAXIME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE LUC EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gestion de projet et Méthodologie de travail module MS Project</x:t>
-  </x:si>
-[...304 lines deleted...]
-    <x:t>Gestion de projet et Méthodologie de travail module la budgétisation en mode projet</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
@@ -3532,51 +3532,51 @@
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>358700</x:v>
+        <x:v>358714</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
@@ -6416,51 +6416,51 @@
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>358714</x:v>
+        <x:v>358700</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>149</x:v>