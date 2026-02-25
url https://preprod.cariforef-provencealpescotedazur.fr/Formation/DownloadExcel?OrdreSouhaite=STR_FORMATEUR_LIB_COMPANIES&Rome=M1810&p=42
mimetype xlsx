--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -896,56 +896,56 @@
   <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/21/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur systèmes et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
@@ -1178,65 +1178,65 @@
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Handicapé</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique|Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS SIO option B «Solutions logicielles et applications métiers»</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS SIO Option A «Solutions d'infrastructure, systèmes et réseaux »</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Alpes Provence</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre Professionnel Technicien supérieur systèmes et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
@@ -1583,54 +1583,54 @@
   <x:si>
     <x:t>La Plateforme Alpes Maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien datacenter</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
@@ -4176,176 +4176,176 @@
       <x:c r="J25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>525947</x:v>
+        <x:v>540445</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>36163</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>540355</x:v>
+        <x:v>525947</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>36163</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>540445</x:v>
+        <x:v>540355</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -7501,269 +7501,269 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>602082</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>514138</x:v>
+        <x:v>514140</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>514140</x:v>
+        <x:v>514138</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>514137</x:v>
+        <x:v>514139</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>514139</x:v>
+        <x:v>514137</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -7787,154 +7787,153 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>507234</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>109</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s"/>
+      <x:c r="E88" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>507531</x:v>
+        <x:v>507233</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>507233</x:v>
+        <x:v>507531</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>199</x:v>
@@ -9894,153 +9893,153 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>507184</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>507182</x:v>
+        <x:v>507185</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>507185</x:v>
+        <x:v>507181</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -10053,51 +10052,51 @@
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>507181</x:v>
+        <x:v>507182</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>248</x:v>
@@ -10816,159 +10815,159 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>34602</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>497988</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>34602</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>542192</x:v>
+        <x:v>497988</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -12194,158 +12193,158 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>549356</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>504710</x:v>
+        <x:v>504711</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>504711</x:v>
+        <x:v>504710</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>102</x:v>
@@ -15695,158 +15694,158 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>608472</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>557621</x:v>
+        <x:v>557603</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>557603</x:v>
+        <x:v>557621</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>345</x:v>
@@ -17007,51 +17006,51 @@
       <x:c r="K250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>543713</x:v>
+        <x:v>543714</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -17061,65 +17060,65 @@
       <x:c r="K251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>543714</x:v>
+        <x:v>543713</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
@@ -17132,51 +17131,51 @@
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>509806</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24220</x:v>
@@ -18497,51 +18496,51 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>603638</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
@@ -18729,51 +18728,51 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>585556</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>30</x:v>
@@ -18786,51 +18785,51 @@
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>606242</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -18902,51 +18901,51 @@
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>517234</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -18961,51 +18960,51 @@
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>553984</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>30</x:v>
@@ -19077,51 +19076,51 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>571293</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>30</x:v>
@@ -19134,51 +19133,51 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>554769</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19841,153 +19840,153 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>595888</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>535313</x:v>
+        <x:v>535305</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>535305</x:v>
+        <x:v>535313</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -20367,164 +20366,164 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>549227</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>549238</x:v>
+        <x:v>549272</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>549272</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -23068,54 +23067,54 @@
       <x:c r="J356" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>573843</x:v>
+        <x:v>573182</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -23125,51 +23124,51 @@
       <x:c r="K357" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>573182</x:v>
+        <x:v>573280</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
@@ -23179,60 +23178,60 @@
       <x:c r="J358" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>573280</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -23242,51 +23241,51 @@
       <x:c r="M359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>573846</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="G360" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>126</x:v>
@@ -24624,153 +24623,153 @@
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>611257</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>547581</x:v>
+        <x:v>547580</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>547580</x:v>
+        <x:v>547581</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>370</x:v>
@@ -26924,153 +26923,153 @@
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>501309</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>600666</x:v>
+        <x:v>552640</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>552640</x:v>
+        <x:v>600666</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>579</x:v>
@@ -27447,153 +27446,153 @@
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>501377</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>506004</x:v>
+        <x:v>506002</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>506002</x:v>
+        <x:v>506004</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
@@ -28130,211 +28129,211 @@
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>599725</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>588470</x:v>
+        <x:v>588473</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>598399</x:v>
+        <x:v>588470</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>588473</x:v>
+        <x:v>598399</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -28520,153 +28519,153 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>598485</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>588357</x:v>
+        <x:v>588358</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>588358</x:v>
+        <x:v>588357</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
@@ -29740,51 +29739,51 @@
       <x:c r="M473" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>573057</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
@@ -30086,325 +30085,326 @@
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>500808</x:v>
+        <x:v>500792</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>500792</x:v>
+        <x:v>500808</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>549693</x:v>
+        <x:v>538341</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
+      <x:c r="E483" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>538341</x:v>
+        <x:v>549692</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>549692</x:v>
+        <x:v>549693</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
@@ -30950,267 +30950,267 @@
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>563165</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
-      <x:c r="E495" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>498534</x:v>
+        <x:v>497069</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>497069</x:v>
+        <x:v>497070</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
+      <x:c r="E497" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>497070</x:v>
+        <x:v>498535</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>498535</x:v>
+        <x:v>498534</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -31220,221 +31220,222 @@
       <x:c r="K499" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>545465</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
+      <x:c r="E501" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>544705</x:v>
+        <x:v>549019</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
-      <x:c r="E502" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>549019</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>245</x:v>
       </x:c>