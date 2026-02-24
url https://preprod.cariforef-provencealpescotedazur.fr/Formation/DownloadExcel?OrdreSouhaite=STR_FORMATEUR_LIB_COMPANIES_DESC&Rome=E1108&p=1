--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -563,138 +563,138 @@
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Linguistique</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues étrangères appliquées parcours au management international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - italien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études interculturelles franco-allemandes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - allemand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - turc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours études islamologiques (islamologie et tradition intellectuelle en Islam)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - japonais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues étrangères appliquées parcours anglais - chinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - arabe</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traduction et interprétation parcours traduction littéraire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traduction et interprétation parcours traduction technique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours PME-Export</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - russe</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études slaves</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - coréen</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours management de projets de développement durable et culturel</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
   </x:si>
   <x:si>
     <x:t>Webmarketing avancé</x:t>
   </x:si>
   <x:si>
     <x:t>Agence DM</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique familiale</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Webmarketing standard </x:t>
   </x:si>
   <x:si>
     <x:t>Wordpress de A à Z expert</x:t>
   </x:si>
@@ -1162,51 +1162,51 @@
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
-    <x:col min="2" max="2" width="118.990625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="119.250625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="17.700625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.910625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="57.160625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="23.370625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="28.510625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="77.970625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="30.500625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -4644,325 +4644,325 @@
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592052</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>575782</x:v>
+        <x:v>575699</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>39173</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>15254</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>575787</x:v>
+        <x:v>575704</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>39280</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>15231</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>575700</x:v>
+        <x:v>575788</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>39280</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>15231</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>575701</x:v>
+        <x:v>575540</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39263</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>575706</x:v>
+        <x:v>575708</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -4975,922 +4975,922 @@
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>575790</x:v>
+        <x:v>575781</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>575709</x:v>
+        <x:v>575791</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>575710</x:v>
+        <x:v>575538</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>575711</x:v>
+        <x:v>575789</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>575707</x:v>
+        <x:v>575785</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>575786</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>39263</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>575705</x:v>
+        <x:v>575782</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38696</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>14272</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>575699</x:v>
+        <x:v>575787</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>39263</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>15231</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>575704</x:v>
+        <x:v>575700</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>15231</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>575788</x:v>
+        <x:v>575701</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>575540</x:v>
+        <x:v>575706</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>575708</x:v>
+        <x:v>575790</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>39173</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>575781</x:v>
+        <x:v>575709</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>575791</x:v>
+        <x:v>575710</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>575538</x:v>
+        <x:v>575711</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>575789</x:v>
+        <x:v>575707</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -5903,110 +5903,110 @@
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>575785</x:v>
+        <x:v>575786</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>575539</x:v>
+        <x:v>575705</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>