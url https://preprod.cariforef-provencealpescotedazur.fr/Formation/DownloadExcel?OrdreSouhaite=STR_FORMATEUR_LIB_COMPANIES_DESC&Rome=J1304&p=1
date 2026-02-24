--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -350,56 +350,56 @@
   <x:si>
     <x:t>04995</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>13677</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>IFPVPS</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>BOULOURIS</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut de formation d'auxiliaires de puériculture - GIPES d'Avignon et Pays de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84902</x:t>
   </x:si>
   <x:si>
     <x:t>IFAP</x:t>
   </x:si>
   <x:si>
     <x:t>84400</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation au concours auxiliaire de puériculture</x:t>
   </x:si>
   <x:si>
     <x:t>Id Faculté - Orthophonie Académie</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
@@ -539,60 +539,60 @@
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Edith Seltzer</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>05107</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Edith Seltzer - Ecole Aides-Soignantes</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse - site d'Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Croix-Rouge Compétence - PACA et Corse - site d'Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Marseille Saint Joseph</x:t>
   </x:si>
@@ -1949,51 +1949,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>596352</x:v>
+        <x:v>596347</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
@@ -2006,51 +2006,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>596347</x:v>
+        <x:v>596352</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -2795,51 +2795,51 @@
       <x:c r="J28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>583250</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -3517,51 +3517,51 @@
       <x:c r="K40" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>606057</x:v>
+        <x:v>606056</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -3577,51 +3577,51 @@
       <x:c r="K41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>606056</x:v>
+        <x:v>606057</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -3643,54 +3643,54 @@
       <x:c r="L42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>603042</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -4414,54 +4414,54 @@
       <x:c r="L55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>576143</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>189</x:v>
@@ -4543,224 +4543,225 @@
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>525199</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>192</x:v>
-[...1 lines deleted...]
-      <x:c r="C58" s="15" t="s"/>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="n">
+        <x:v>40743</x:v>
+      </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="J58" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>598881</x:v>
+        <x:v>583251</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>583251</x:v>
+        <x:v>576255</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
+      <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="J60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>576255</x:v>
+        <x:v>598881</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>64</x:v>
@@ -5166,51 +5167,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>576634</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>218</x:v>
       </x:c>