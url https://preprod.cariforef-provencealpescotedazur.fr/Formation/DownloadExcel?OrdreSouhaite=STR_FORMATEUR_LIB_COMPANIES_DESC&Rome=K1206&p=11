--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -1139,78 +1139,78 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
-[...8 lines deleted...]
-    <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
+    <x:t>Master mention études culturelles parcours monde anglophone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de l'éducation et de la formation parcours sciences de l'éducation et de la formation</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention sociologie parcours sociologie</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Master mention études culturelles parcours monde anglophone</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de l'Homme, anthropologie, ethnologie parcours sciences de l'Homme, anthropologie, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de l'éducation et de la formation parcours  formation d'adultes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -7996,51 +7996,51 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>575936</x:v>
+        <x:v>575935</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -8053,51 +8053,51 @@
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>575935</x:v>
+        <x:v>575933</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
@@ -8109,634 +8109,634 @@
       <x:c r="J112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>575933</x:v>
+        <x:v>575934</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>575934</x:v>
+        <x:v>581335</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>581335</x:v>
+        <x:v>575936</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38185</x:v>
+        <x:v>34838</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>575731</x:v>
+        <x:v>575799</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>39694</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>575734</x:v>
+        <x:v>575731</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>34838</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>575798</x:v>
+        <x:v>575734</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>39698</x:v>
+        <x:v>34838</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>14224</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>575732</x:v>
+        <x:v>575798</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>38185</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>575730</x:v>
+        <x:v>575732</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>40987</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>32096</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>581320</x:v>
+        <x:v>575730</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40987</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>581319</x:v>
+        <x:v>581320</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>34838</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>575799</x:v>
+        <x:v>581319</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 