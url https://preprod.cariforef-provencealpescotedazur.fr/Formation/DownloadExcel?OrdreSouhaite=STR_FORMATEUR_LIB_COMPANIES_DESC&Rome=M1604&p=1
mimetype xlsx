--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -377,104 +377,104 @@
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de direction (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sully Business School</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat direction</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE BELMONT</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Provence formation - Erudis Aix</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Propuls Up - Ebm Business School</x:t>
   </x:si>
   <x:si>
     <x:t>92230</x:t>
   </x:si>
   <x:si>
     <x:t>Propuls Up - Ebm Business School - Antenne Nice</x:t>
@@ -569,74 +569,74 @@
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>La nomenclature générale des actes professionnels (NGAP) - mise à jour et perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mysa Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEYPIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant de facturation pour Infirmier Libéral : Découvrir les bases du métier de facturier 2026</x:t>
   </x:si>
   <x:si>
-    <x:t>Mysa Formation</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>La nomenclature générale des actes professionnels (NGAP) - mise à jour et perfectionnement</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
@@ -857,68 +857,68 @@
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Jacques Audiberti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel assistant de direction (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Jacques Audiberti</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
@@ -953,56 +953,56 @@
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Émile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON CEDEX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de l'entrepreneuriat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Emile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
@@ -1259,59 +1259,59 @@
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
@@ -1331,62 +1331,62 @@
   <x:si>
     <x:t>HECG</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Hautes Etudes de Comptabilité et de Gestion - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement Promotion Echanges Internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>GPEI</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SAM - Support à l'Action Managériale</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro Manager et développer une TPE/PME</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS GPME - Gestion de la PME</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro Manager et développer une TPE/PME</x:t>
+    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
@@ -1415,62 +1415,62 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Droit Économie Gestion, mention gestion parcours gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Assistant de direction</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Métiers de l'entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Fraser Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
@@ -2354,177 +2354,177 @@
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME module télétravail</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention gestion</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>LUYNES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention gestion parcours administration des institutions culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention gestion parcours gestion d'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention gestion parcours management comptable et financier</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention gestion parcours gestion d'entreprise</x:t>
-[...2 lines deleted...]
-    <x:t>Licence mention gestion parcours management comptable et financier</x:t>
+    <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours économie finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours entreprise et administration des PME-PMO</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant de direction (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - FILIALE ENTREPRISE</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/22/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
@@ -3834,153 +3834,153 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>495346</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>544970</x:v>
+        <x:v>544967</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>544967</x:v>
+        <x:v>544970</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -4165,170 +4165,170 @@
       <x:c r="K20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35047</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>548466</x:v>
+        <x:v>601344</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36521</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>601344</x:v>
+        <x:v>601345</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>36521</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>601345</x:v>
+        <x:v>548466</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4403,51 +4403,51 @@
       <x:c r="M24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>548467</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4749,51 +4749,51 @@
       <x:c r="M30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>533781</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4970,51 +4970,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>598344</x:v>
+        <x:v>597573</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -5024,51 +5024,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>597573</x:v>
+        <x:v>598344</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
@@ -6307,51 +6307,51 @@
       <x:c r="M57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>508945</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>141</x:v>
@@ -6927,130 +6927,130 @@
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>597750</x:v>
+        <x:v>598386</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>598386</x:v>
+        <x:v>597750</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7182,269 +7182,269 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>594174</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>587358</x:v>
+        <x:v>587356</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>587356</x:v>
+        <x:v>587358</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>587355</x:v>
+        <x:v>587357</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>587357</x:v>
+        <x:v>587355</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -7463,51 +7463,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>506010</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -7522,161 +7522,161 @@
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>505976</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>550693</x:v>
+        <x:v>550659</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>550659</x:v>
+        <x:v>550693</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -9282,148 +9282,148 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>556860</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>594183</x:v>
+        <x:v>594549</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>594549</x:v>
+        <x:v>594183</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -9906,57 +9906,57 @@
       <x:c r="K119" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>493094</x:v>
+        <x:v>547705</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>229</x:v>
@@ -9967,57 +9967,57 @@
       <x:c r="K120" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>547705</x:v>
+        <x:v>493094</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -10154,219 +10154,219 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>594540</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>608168</x:v>
+        <x:v>556476</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>608162</x:v>
+        <x:v>511027</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>556476</x:v>
+        <x:v>556404</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -10382,118 +10382,118 @@
       <x:c r="K127" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>556404</x:v>
+        <x:v>608168</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>511027</x:v>
+        <x:v>608162</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -10739,271 +10739,271 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>511089</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="I134" s="16" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="J134" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K134" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="L134" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M134" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="N134" s="15" t="n">
+        <x:v>32139</x:v>
+      </x:c>
+      <x:c r="O134" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="P134" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="H134" s="14" t="s"/>
-      <x:c r="I134" s="16" t="s">
+      <x:c r="R134" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="J134" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>556683</x:v>
+        <x:v>511087</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>511087</x:v>
+        <x:v>556277</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>556277</x:v>
+        <x:v>556683</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>558358</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -11014,114 +11014,114 @@
       <x:c r="H138" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>608243</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>605982</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
@@ -11890,107 +11890,103 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>607825</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>556402</x:v>
+        <x:v>594188</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -12000,114 +11996,118 @@
       <x:c r="K155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>511025</x:v>
+        <x:v>556402</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s"/>
+      <x:c r="E156" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>293</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>594188</x:v>
+        <x:v>511025</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -12516,51 +12516,51 @@
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>594541</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -13272,153 +13272,153 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>600139</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>546005</x:v>
+        <x:v>546014</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>546014</x:v>
+        <x:v>546005</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>328</x:v>
@@ -13679,375 +13679,375 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>508723</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>504646</x:v>
+        <x:v>504648</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>504647</x:v>
+        <x:v>504649</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>504648</x:v>
+        <x:v>504646</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>504649</x:v>
+        <x:v>504647</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>37345</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>545998</x:v>
+        <x:v>546004</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>546004</x:v>
+        <x:v>545998</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -14190,51 +14190,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>600138</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -14249,51 +14249,51 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>549657</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>45</x:v>
@@ -14945,159 +14945,159 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>504947</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>547460</x:v>
+        <x:v>547434</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>547434</x:v>
+        <x:v>547460</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15169,51 +15169,51 @@
       <x:c r="M210" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>603795</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15226,51 +15226,51 @@
       <x:c r="M211" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>603800</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -15285,51 +15285,51 @@
       <x:c r="M212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>608873</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15342,51 +15342,51 @@
       <x:c r="M213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>608864</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16995,503 +16995,503 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>602734</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>601952</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>601953</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s"/>
+      <x:c r="E244" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>551731</x:v>
+        <x:v>546945</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>546945</x:v>
+        <x:v>546947</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>546947</x:v>
+        <x:v>551731</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>594176</x:v>
+        <x:v>594547</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>594547</x:v>
+        <x:v>594169</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>594169</x:v>
+        <x:v>594176</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>399</x:v>
@@ -17520,332 +17520,332 @@
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>611107</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>550660</x:v>
+        <x:v>550694</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>535324</x:v>
+        <x:v>550660</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>535320</x:v>
+        <x:v>535324</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>550694</x:v>
+        <x:v>535320</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>546960</x:v>
+        <x:v>506886</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -17854,114 +17854,114 @@
       <x:c r="K256" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>603472</x:v>
+        <x:v>546960</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>506886</x:v>
+        <x:v>603472</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -18155,153 +18155,153 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>599877</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>502673</x:v>
+        <x:v>502704</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>502704</x:v>
+        <x:v>502673</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>404</x:v>
@@ -18330,153 +18330,153 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>599867</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>551975</x:v>
+        <x:v>551954</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>551954</x:v>
+        <x:v>551975</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -18742,277 +18742,276 @@
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>599143</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>359</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s"/>
+      <x:c r="E272" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>558631</x:v>
+        <x:v>497745</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
-      <x:c r="E273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>497745</x:v>
+        <x:v>558631</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>548448</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>601143</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
@@ -19044,385 +19043,385 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>608345</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>606238</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>554791</x:v>
+        <x:v>606276</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>507614</x:v>
+        <x:v>606277</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>606241</x:v>
+        <x:v>554791</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>606276</x:v>
+        <x:v>606238</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>606277</x:v>
+        <x:v>507614</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -19624,51 +19623,51 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>504167</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>45</x:v>
@@ -19681,51 +19680,51 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>522091</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -19740,51 +19739,51 @@
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>522085</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>45</x:v>
@@ -19797,51 +19796,51 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>522087</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -19913,226 +19912,226 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>507612</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>564389</x:v>
+        <x:v>572365</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>554025</x:v>
+        <x:v>554805</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>554026</x:v>
+        <x:v>577071</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>45</x:v>
@@ -20204,283 +20203,283 @@
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>554806</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>553996</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>572365</x:v>
+        <x:v>553996</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>554805</x:v>
+        <x:v>554025</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>577071</x:v>
+        <x:v>554026</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>45</x:v>
@@ -20660,51 +20659,51 @@
       <x:c r="M304" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>495320</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20770,114 +20769,114 @@
       <x:c r="K306" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>495316</x:v>
+        <x:v>552180</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>601795</x:v>
+        <x:v>495316</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
@@ -20886,114 +20885,114 @@
       <x:c r="K308" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>552180</x:v>
+        <x:v>601795</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>549468</x:v>
+        <x:v>603618</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -21002,57 +21001,57 @@
       <x:c r="K310" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>603618</x:v>
+        <x:v>549468</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21175,57 +21174,57 @@
       <x:c r="K313" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>603619</x:v>
+        <x:v>549469</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
@@ -21234,114 +21233,114 @@
       <x:c r="K314" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>549469</x:v>
+        <x:v>603619</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>549467</x:v>
+        <x:v>603620</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -21350,57 +21349,57 @@
       <x:c r="K316" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>603620</x:v>
+        <x:v>549467</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21418,153 +21417,154 @@
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>499306</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
-      <x:c r="E318" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>494819</x:v>
+        <x:v>522082</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
+      <x:c r="E319" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>522082</x:v>
+        <x:v>494819</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>435</x:v>
@@ -21590,658 +21590,657 @@
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>547819</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
-      <x:c r="E321" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>602313</x:v>
+        <x:v>542504</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
-      <x:c r="E322" s="14" t="s"/>
+      <x:c r="E322" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>581338</x:v>
+        <x:v>602313</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>542504</x:v>
+        <x:v>581338</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>572814</x:v>
+        <x:v>587951</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>543674</x:v>
+        <x:v>587952</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>541105</x:v>
+        <x:v>572814</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>541106</x:v>
+        <x:v>557456</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>557456</x:v>
+        <x:v>543674</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>587951</x:v>
+        <x:v>541105</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>587952</x:v>
+        <x:v>575212</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>575212</x:v>
+        <x:v>541106</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22262,51 +22261,51 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>541097</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>35007</x:v>
@@ -22316,151 +22315,151 @@
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>522073</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>511579</x:v>
+        <x:v>522075</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>522075</x:v>
+        <x:v>511579</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -22538,51 +22537,51 @@
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>45</x:v>
@@ -22595,51 +22594,51 @@
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>587953</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>45</x:v>
@@ -22711,156 +22710,156 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>609810</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>522079</x:v>
+        <x:v>478495</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>478495</x:v>
+        <x:v>522079</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -22943,446 +22942,446 @@
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>567683</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>579305</x:v>
+        <x:v>539388</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>539388</x:v>
+        <x:v>547880</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>547880</x:v>
+        <x:v>579305</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R348" s="14" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>556595</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>34143</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R349" s="0" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>545117</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R350" s="14" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>585595</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R351" s="0" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>556594</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>45</x:v>
@@ -23395,150 +23394,148 @@
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>591163</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>542498</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>494752</x:v>
+        <x:v>522065</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -23551,168 +23548,170 @@
       <x:c r="K355" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>547562</x:v>
+        <x:v>494752</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
-      <x:c r="E356" s="14" t="s"/>
+      <x:c r="E356" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>522065</x:v>
+        <x:v>547562</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>607335</x:v>
+        <x:v>542500</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
@@ -23721,111 +23720,111 @@
       <x:c r="K358" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>605941</x:v>
+        <x:v>547563</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>542500</x:v>
+        <x:v>607335</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
@@ -23834,57 +23833,57 @@
       <x:c r="K360" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>547563</x:v>
+        <x:v>605941</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23902,51 +23901,51 @@
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>601030</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
@@ -23963,51 +23962,51 @@
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>548900</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>35</x:v>
@@ -24074,51 +24073,51 @@
       <x:c r="M364" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>535938</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24131,51 +24130,51 @@
       <x:c r="M365" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>543529</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
@@ -25701,51 +25700,51 @@
       <x:c r="M392" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>562906</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26047,51 +26046,51 @@
       <x:c r="M398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>562905</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26496,165 +26495,165 @@
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>598736</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>542875</x:v>
+        <x:v>538533</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>538533</x:v>
+        <x:v>542875</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -27345,51 +27344,51 @@
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>599650</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>530</x:v>
@@ -27477,51 +27476,51 @@
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>496116</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
@@ -27538,51 +27537,51 @@
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>531396</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>35</x:v>
@@ -27598,51 +27597,51 @@
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>555823</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
@@ -27840,51 +27839,51 @@
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>502429</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
@@ -27901,51 +27900,51 @@
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>531398</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>35</x:v>
@@ -27961,51 +27960,51 @@
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>555822</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
@@ -28649,51 +28648,51 @@
       <x:c r="M443" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>499771</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>550</x:v>
@@ -28960,162 +28959,162 @@
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>611493</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>594168</x:v>
+        <x:v>594538</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>594538</x:v>
+        <x:v>594168</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>28</x:v>
@@ -29174,51 +29173,51 @@
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>598716</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -29239,51 +29238,51 @@
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>609487</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -29409,51 +29408,51 @@
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>583297</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
@@ -29688,158 +29687,158 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>577248</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>571076</x:v>
+        <x:v>571073</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>571073</x:v>
+        <x:v>571076</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>577</x:v>
@@ -30280,51 +30279,51 @@
       <x:c r="M471" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>506132</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
@@ -30339,167 +30338,167 @@
       <x:c r="M472" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>506138</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>506139</x:v>
+        <x:v>506133</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>506133</x:v>
+        <x:v>506139</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -30512,51 +30511,51 @@
       <x:c r="M475" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>506134</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
@@ -30571,51 +30570,51 @@
       <x:c r="M476" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>506140</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -31038,100 +31037,100 @@
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>601749</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>566413</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
@@ -31245,100 +31244,100 @@
       <x:c r="M488" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>506262</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>505822</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
@@ -31347,100 +31346,100 @@
       <x:c r="M490" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>506264</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>505779</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
@@ -31449,51 +31448,51 @@
       <x:c r="M492" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>505821</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>45</x:v>
@@ -31600,51 +31599,51 @@
       <x:c r="M495" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>506266</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
@@ -31653,51 +31652,51 @@
       <x:c r="M496" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>506269</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -31718,51 +31717,51 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>575916</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
@@ -31779,51 +31778,51 @@
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>599039</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>35</x:v>
@@ -32011,51 +32010,51 @@
       <x:c r="M502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>558138</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -32129,51 +32128,51 @@
       <x:c r="M504" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>558139</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
@@ -32189,51 +32188,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>558137</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>350</x:v>
@@ -33383,51 +33382,51 @@
       <x:c r="L525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>611247</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>631</x:v>
@@ -33868,158 +33867,158 @@
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>504715</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="I534" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>549346</x:v>
+        <x:v>549358</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>549358</x:v>
+        <x:v>549346</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>652</x:v>
@@ -34223,51 +34222,51 @@
       <x:c r="M539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>497961</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I540" s="16" t="s">
         <x:v>67</x:v>
@@ -34527,204 +34526,205 @@
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>549539</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>542522</x:v>
+        <x:v>542423</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>545649</x:v>
+        <x:v>542522</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
+      <x:c r="E547" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>542423</x:v>
+        <x:v>545649</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>667</x:v>
@@ -35029,51 +35029,51 @@
       <x:c r="M553" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>603772</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
@@ -35088,51 +35088,51 @@
       <x:c r="M554" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>608891</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -35145,51 +35145,51 @@
       <x:c r="M555" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>608882</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -35202,51 +35202,51 @@
       <x:c r="M556" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>586470</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -35259,51 +35259,51 @@
       <x:c r="M557" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>603775</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -35316,51 +35316,51 @@
       <x:c r="M558" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>586467</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35370,51 +35370,51 @@
       <x:c r="M559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>537317</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
@@ -35669,51 +35669,51 @@
       <x:c r="M564" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>580636</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -35726,51 +35726,51 @@
       <x:c r="M565" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>573426</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I566" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
@@ -35785,51 +35785,51 @@
       <x:c r="M566" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>573429</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -35842,51 +35842,51 @@
       <x:c r="M567" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>573423</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
         <x:v>609</x:v>
@@ -36382,51 +36382,51 @@
       <x:c r="M576" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>508958</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>36390</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
@@ -36694,124 +36694,124 @@
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>556382</x:v>
+        <x:v>556374</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>556374</x:v>
+        <x:v>556382</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
@@ -37123,96 +37123,96 @@
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>507197</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>502375</x:v>
+        <x:v>502385</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
@@ -37222,113 +37222,113 @@
       <x:c r="J591" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>502376</x:v>
+        <x:v>502375</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>502386</x:v>
+        <x:v>502376</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
@@ -37338,54 +37338,54 @@
       <x:c r="J593" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>502385</x:v>
+        <x:v>502386</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>696</x:v>
@@ -37468,51 +37468,51 @@
       <x:c r="M595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>556569</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I596" s="16" t="s">
         <x:v>175</x:v>
@@ -37529,51 +37529,51 @@
       <x:c r="M596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>556568</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -37831,51 +37831,51 @@
       <x:c r="M601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>556541</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I602" s="16" t="s">
         <x:v>107</x:v>
@@ -38799,51 +38799,51 @@
       <x:c r="M617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>556510</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I618" s="16" t="s">
         <x:v>123</x:v>
@@ -38854,54 +38854,54 @@
       <x:c r="K618" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>556509</x:v>
+        <x:v>504379</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
@@ -38914,54 +38914,54 @@
       <x:c r="K619" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>504379</x:v>
+        <x:v>556509</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
@@ -39258,59 +39258,59 @@
       <x:c r="M625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>70320</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>215634</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I626" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
@@ -39327,51 +39327,51 @@
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>531406</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>35</x:v>
@@ -39435,62 +39435,62 @@
       <x:c r="L628" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>549196</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="U628" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="E629" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>27</x:v>
@@ -39498,59 +39498,59 @@
       <x:c r="M629" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>545009</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I630" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
@@ -39564,349 +39564,348 @@
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>545010</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
-      <x:c r="E631" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>549772</x:v>
+        <x:v>543831</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I632" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>543831</x:v>
+        <x:v>543828</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
-      <x:c r="E633" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>549770</x:v>
+        <x:v>578942</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
-      <x:c r="E634" s="14" t="s"/>
+      <x:c r="E634" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>543828</x:v>
+        <x:v>549770</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
+      <x:c r="E635" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>578942</x:v>
+        <x:v>549772</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I636" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
@@ -39915,59 +39914,59 @@
       <x:c r="M636" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>601364</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>35</x:v>
@@ -39975,51 +39974,51 @@
       <x:c r="M637" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>601365</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
@@ -40091,51 +40090,51 @@
       <x:c r="M639" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>496019</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
@@ -40204,51 +40203,51 @@
       <x:c r="L641" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>600590</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
@@ -40263,51 +40262,51 @@
       <x:c r="L642" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>600589</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
@@ -40900,51 +40899,51 @@
       <x:c r="L653" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>601450</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
@@ -40959,51 +40958,51 @@
       <x:c r="L654" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>601456</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -41248,51 +41247,51 @@
       <x:c r="L659" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>601455</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
@@ -41307,51 +41306,51 @@
       <x:c r="L660" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>601454</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -41676,202 +41675,202 @@
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>601168</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>591973</x:v>
+        <x:v>595418</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>595418</x:v>
+        <x:v>595466</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>595466</x:v>
+        <x:v>591973</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
@@ -41881,225 +41880,225 @@
       <x:c r="J670" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>595464</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>595465</x:v>
+        <x:v>595419</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>595419</x:v>
+        <x:v>595465</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I674" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
@@ -42162,51 +42161,51 @@
       <x:c r="J675" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>575656</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
@@ -42238,153 +42237,153 @@
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>575855</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>575853</x:v>
+        <x:v>575748</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>575662</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
@@ -42394,54 +42393,54 @@
       <x:c r="J679" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>575748</x:v>
+        <x:v>575667</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s">
@@ -42456,283 +42455,283 @@
       <x:c r="K680" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>575666</x:v>
+        <x:v>575668</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>575667</x:v>
+        <x:v>575853</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I682" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>575668</x:v>
+        <x:v>575662</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
-        <x:v>575655</x:v>
+        <x:v>575663</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I684" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>575664</x:v>
+        <x:v>575658</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
@@ -42742,229 +42741,229 @@
       <x:c r="J685" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>575660</x:v>
+        <x:v>575659</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s"/>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>575663</x:v>
+        <x:v>575660</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="G687" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>575658</x:v>
+        <x:v>575655</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I688" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>575659</x:v>
+        <x:v>575664</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="G689" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
@@ -42974,51 +42973,51 @@
       <x:c r="J689" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>575669</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
@@ -43402,51 +43401,51 @@
       <x:c r="L696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>610272</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
@@ -43456,57 +43455,57 @@
       <x:c r="K697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>540556</x:v>
+        <x:v>604484</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="U697" s="4" t="s">
         <x:v>795</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I698" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
@@ -43515,54 +43514,54 @@
       <x:c r="K698" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>604484</x:v>
+        <x:v>540556</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
@@ -43685,57 +43684,57 @@
       <x:c r="J701" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>540555</x:v>
+        <x:v>545273</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I702" s="16" t="s">
@@ -43744,57 +43743,57 @@
       <x:c r="J702" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>545273</x:v>
+        <x:v>540555</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
@@ -44210,114 +44209,114 @@
       <x:c r="J710" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>545207</x:v>
+        <x:v>539969</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="G711" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>539969</x:v>
+        <x:v>545207</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I712" s="16" t="s">
@@ -44329,173 +44328,173 @@
       <x:c r="K712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>604420</x:v>
+        <x:v>539970</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>548026</x:v>
+        <x:v>604420</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I714" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>539970</x:v>
+        <x:v>548026</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>795</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
-        <x:v>796</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -45290,51 +45289,51 @@
       <x:c r="M728" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
         <x:v>547001</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="E729" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>25</x:v>
       </x:c>