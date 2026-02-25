--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -719,78 +719,78 @@
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">chef de projet en rénovation énergétique performante </x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur spécialisé en modélisation complexe des infrastructures de la construction, diplômé de l'institut supérieur du bâtiment et des travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>ISBA-TP</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie civil-construction durable parcours travaux publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie civil-construction durable parcours bureaux d'études conception</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 13</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>BUT spécialité génie civil-construction durable parcours travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Chef de chantier gros-oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
@@ -2544,153 +2544,153 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>553981</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>606209</x:v>
+        <x:v>507654</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>507654</x:v>
+        <x:v>606209</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>79</x:v>
@@ -4042,155 +4042,157 @@
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>596991</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>604714</x:v>
+        <x:v>493622</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>4420</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>493622</x:v>
+        <x:v>604714</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -5076,97 +5078,99 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>557458</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>138</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>596923</x:v>
+        <x:v>565096</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -5306,213 +5310,209 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>606210</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39033</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>595895</x:v>
+        <x:v>596923</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>607805</x:v>
+        <x:v>595895</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>4420</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s"/>
+      <x:c r="E68" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>565096</x:v>
+        <x:v>607805</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -7358,361 +7358,361 @@
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>606188</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>35485</x:v>
+        <x:v>35483</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>596780</x:v>
+        <x:v>596781</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>35485</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>594221</x:v>
+        <x:v>596780</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>35483</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>596781</x:v>
+        <x:v>594221</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>595898</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>596922</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>595615</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
@@ -8688,225 +8688,225 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>513342</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>611235</x:v>
+        <x:v>611236</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>35483</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>611236</x:v>
+        <x:v>603815</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>35483</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>603815</x:v>
+        <x:v>611235</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9265,51 +9265,51 @@
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -9319,110 +9319,110 @@
       <x:c r="S134" s="14" t="n">
         <x:v>604364</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>581444</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -9432,110 +9432,110 @@
       <x:c r="S136" s="14" t="n">
         <x:v>515736</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>511581</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -9545,75 +9545,75 @@
       <x:c r="S138" s="14" t="n">
         <x:v>547764</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>540902</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>