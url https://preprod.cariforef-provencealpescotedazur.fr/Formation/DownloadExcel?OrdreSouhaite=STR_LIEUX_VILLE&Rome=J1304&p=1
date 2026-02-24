--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -2361,218 +2361,219 @@
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>606056</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>576045</x:v>
+        <x:v>529386</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>553861</x:v>
+        <x:v>576045</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>529386</x:v>
+        <x:v>553861</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>114</x:v>