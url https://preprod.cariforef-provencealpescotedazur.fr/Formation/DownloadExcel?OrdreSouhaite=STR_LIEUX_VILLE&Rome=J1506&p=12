--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -332,162 +332,162 @@
   <x:si>
     <x:t>Interfed Santé Sociale - Cfa Métiers de l'Hospitalisation</x:t>
   </x:si>
   <x:si>
     <x:t>CERFAH</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'infirmier pour médecins français ou étrangers</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public des Etablissements de Santé d'Avignon et du Pays de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIPES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERFPP - IFSI du GIPES Avignon et pays de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPVPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOULOURIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier Les Escartons de Briançon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Cannes Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation au concours d'entrée en IFSI (Institut de Formation en Soins Infirmiers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation concours paramédical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Digne les Bains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre Hospitalier Sainte Marie</x:t>
   </x:si>
   <x:si>
     <x:t>06610</x:t>
   </x:si>
   <x:si>
     <x:t>LA GAUDE</x:t>
-  </x:si>
-[...103 lines deleted...]
-    <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04995</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement de Coopération Sanitaire de Institut de Formation Public Varois des Professions de Santé</x:t>
   </x:si>
   <x:si>
     <x:t>GCS IFPVPS</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
@@ -2473,1226 +2473,1223 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>594012</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39923</x:v>
+        <x:v>34963</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="K19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="I19" s="4" t="s">
+      <x:c r="L19" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>43458</x:v>
+      </x:c>
+      <x:c r="O19" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="P19" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="J19" s="0" t="s">
-[...23 lines deleted...]
-      <x:c r="R19" s="0" t="s">
+      <x:c r="S19" s="0" t="n">
+        <x:v>578125</x:v>
+      </x:c>
+      <x:c r="T19" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="S19" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>34963</x:v>
+        <x:v>39923</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
-      <x:c r="F20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F20" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>43458</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>578125</x:v>
+        <x:v>576935</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>576935</x:v>
+        <x:v>524225</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F22" s="14" t="s"/>
+      <x:c r="F22" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G22" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>476240</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="U22" s="16" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>94</x:v>
-[...1 lines deleted...]
-      <x:c r="H23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>476240</x:v>
+        <x:v>594026</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>594026</x:v>
+        <x:v>594022</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>594022</x:v>
+        <x:v>528826</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F26" s="14" t="s"/>
+      <x:c r="F26" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G26" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>528826</x:v>
+        <x:v>478038</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S27" s="0" t="n">
+        <x:v>576159</x:v>
+      </x:c>
+      <x:c r="T27" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="U27" s="4" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
+      <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>576159</x:v>
+        <x:v>594020</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>594020</x:v>
+        <x:v>583339</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="F30" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F30" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G30" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>583339</x:v>
+        <x:v>575841</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>28</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>43448</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="S31" s="0" t="n">
+        <x:v>577423</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="S31" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>39923</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
-      <x:c r="F32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F32" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G32" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>43409</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="P32" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>478037</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>478037</x:v>
+        <x:v>529932</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>529932</x:v>
+        <x:v>594015</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>594015</x:v>
+        <x:v>527206</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="H36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>527206</x:v>
+        <x:v>528833</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>476393</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G38" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>576146</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -3738,252 +3735,252 @@
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G40" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>575881</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>594021</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G42" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>476312</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>525221</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
@@ -4075,51 +4072,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>476412</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -4209,133 +4206,133 @@
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>594007</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>594009</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>594011</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
@@ -4352,175 +4349,175 @@
       <x:c r="I50" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>598647</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>476313</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>525222</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
@@ -4533,346 +4530,346 @@
       <x:c r="H53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>583340</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G54" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>478040</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>575889</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>594008</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>579026</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>579027</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4963,51 +4960,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>476371</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -6585,51 +6582,51 @@
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>43409</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>597814</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
@@ -7130,51 +7127,51 @@
       <x:c r="M97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>498046</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>81</x:v>
@@ -8918,51 +8915,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>476321</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>43</x:v>
@@ -9941,211 +9938,211 @@
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>575883</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>525223</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>476314</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -10366,191 +10363,191 @@
       <x:c r="T151" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>577272</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>575882</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43409</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>576296</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>