--- v0 (2026-01-01)
+++ v1 (2026-01-01)
@@ -1148,66 +1148,66 @@
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Infrep Association - Cfa de l'Education Populaire</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Animateur esport (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Exxecc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP du Parc St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -8473,159 +8473,160 @@
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>536574</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>37427</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>594104</x:v>
+        <x:v>546848</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>37427</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>546848</x:v>
+        <x:v>594104</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>