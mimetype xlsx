--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -479,98 +479,98 @@
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'activités commerciales (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Développement sens commercial</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecotec - Ecole Internationale Tunon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecotec - Ecole Internationale Tunon - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable du développement commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stratégie commerciale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable du développement commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecotec - Ecole Internationale Tunon</x:t>
-[...14 lines deleted...]
-    <x:t>MARSEILLE- 3e</x:t>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2026 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>École Tunon - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
@@ -623,57 +623,57 @@
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>École Tunon - Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Win Sport School Nice</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>École Tunon - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>My digital school Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
@@ -2998,766 +2998,768 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>608415</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38123</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="I31" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="P31" s="0" t="s">
+      <x:c r="R31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
+      <x:c r="S31" s="0" t="n">
+        <x:v>536215</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>36149</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>536215</x:v>
+        <x:v>529938</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38123</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="P33" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>529938</x:v>
+        <x:v>549648</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38131</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>549648</x:v>
+        <x:v>529943</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>36149</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>529943</x:v>
+        <x:v>601434</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q36" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>601434</x:v>
+        <x:v>549649</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38123</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="I37" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="P37" s="0" t="s">
+      <x:c r="R37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q37" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>549649</x:v>
+        <x:v>573882</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>573882</x:v>
+        <x:v>601435</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>592526</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38131</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>601436</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>597168</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>601343</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>548484</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -4075,51 +4077,51 @@
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>572904</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38131</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -4564,130 +4566,130 @@
         <x:v>554817</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>573879</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I59" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>546108</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
@@ -4799,91 +4801,91 @@
         <x:v>510684</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36149</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>536214</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4907,160 +4909,154 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>554893</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38123</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>597169</x:v>
+        <x:v>592527</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>603439</x:v>
+        <x:v>597169</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>26</x:v>
@@ -5071,209 +5067,215 @@
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>603437</x:v>
+        <x:v>603439</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>40359</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592527</x:v>
+        <x:v>603437</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>600167</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>600168</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -5379,130 +5381,130 @@
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>597170</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38131</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>597172</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>597167</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
@@ -5583,51 +5585,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>574059</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>181</x:v>
       </x:c>