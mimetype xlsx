--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -368,249 +368,249 @@
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Equipier Polyvalent du Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP crémier-fromager (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fromage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ladapt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP de Sorgues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Coudoulière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vendeurs en boulangerie/pâtisserie/snacking</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingéneria Projet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel employé commercial</x:t>
   </x:si>
   <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP équipier polyvalent du commerce (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Lycée Sainte Elisabeth - Collège Sainte Elisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEPTEMES-LES-VALLONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Elisabeth - LPP Sainte Elisatbeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Municipal de Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP agricole services aux personnes et vente en espace rural (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
-  </x:si>
-[...175 lines deleted...]
-    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Académie de la Beauté</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé commercial - Compétences climat gestion des déchets</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation et d'Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
@@ -3234,103 +3234,105 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>599072</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>37099</x:v>
+        <x:v>37533</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N20" s="15" t="n">
+        <x:v>21504</x:v>
+      </x:c>
+      <x:c r="O20" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="P20" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="N20" s="15" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>577270</x:v>
+        <x:v>554263</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3362,612 +3364,612 @@
         <x:v>600408</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>549672</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="U22" s="16" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="R23" s="0" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>594511</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="Q24" s="16" t="s">
+      <x:c r="R24" s="14" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>594513</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F25" s="0" t="s">
+      <x:c r="G25" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="G25" s="0" t="s">
+      <x:c r="H25" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
+      <x:c r="R25" s="0" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>581161</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H26" s="14" t="s">
+      <x:c r="I26" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>601971</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H27" s="0" t="s">
+      <x:c r="I27" s="4" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>601970</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H28" s="14" t="s">
+      <x:c r="I28" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>551788</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H29" s="0" t="s">
+      <x:c r="I29" s="4" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>546934</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H30" s="14" t="s">
+      <x:c r="I30" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>546933</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="H31" s="0" t="s">
+      <x:c r="I31" s="4" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>496307</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4358,103 +4360,100 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>496568</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>37099</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="s"/>
+      <x:c r="G39" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C39" s="3" t="n">
-[...6 lines deleted...]
-      <x:c r="G39" s="0" t="s">
+      <x:c r="I39" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="I39" s="4" t="s">
+      <x:c r="J39" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K39" s="0" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>21504</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
+      <x:c r="S39" s="0" t="n">
+        <x:v>577270</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="R39" s="0" t="s">
+      <x:c r="U39" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>155</x:v>
@@ -4814,54 +4813,54 @@
       <x:c r="I46" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>604900</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4877,110 +4876,110 @@
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>583663</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>554261</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4993,54 +4992,54 @@
       <x:c r="I49" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>604850</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5049,173 +5048,173 @@
         <x:v>185</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>611633</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>611634</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>506233</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5228,54 +5227,54 @@
       <x:c r="I53" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>501568</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5289,170 +5288,170 @@
       <x:c r="I54" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>501521</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>506195</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>554260</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5465,54 +5464,54 @@
       <x:c r="I57" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>553695</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -5524,54 +5523,54 @@
       <x:c r="I58" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>572753</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5584,113 +5583,113 @@
       <x:c r="I59" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>553677</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>554262</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7018,51 +7017,51 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>605799</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G84" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
@@ -7261,54 +7260,54 @@
         <x:v>592400</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -7478,123 +7477,123 @@
       <x:c r="L91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>602039</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37533</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21504</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>559014</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
@@ -7782,51 +7781,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>607503</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37105</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8203,54 +8202,54 @@
         <x:v>600407</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -8263,54 +8262,54 @@
       <x:c r="S104" s="14" t="n">
         <x:v>502648</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -8488,97 +8487,97 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>554011</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>566631</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -8853,51 +8852,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>544978</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -8912,51 +8911,51 @@
       <x:c r="C116" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>601492</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -9344,51 +9343,51 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>599333</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>53</x:v>
@@ -10108,54 +10107,54 @@
       <x:c r="L136" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>601531</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U136" s="16" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -10869,585 +10868,585 @@
         <x:v>611614</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>600052</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>569976</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>572859</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>548178</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>569975</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>598730</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>609636</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>583319</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>600051</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>583321</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11464,51 +11463,51 @@
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>583785</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -12434,76 +12433,76 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>501705</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>535952</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -13577,108 +13576,108 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>553350</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>580592</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31734</x:v>
@@ -13715,51 +13714,51 @@
       <x:c r="C198" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>567798</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -13772,75 +13771,75 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>609205</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U199" s="4" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -13989,84 +13988,84 @@
         <x:v>390</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>611537</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F203" s="0" t="s">
+      <x:c r="G203" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="G203" s="0" t="s">
+      <x:c r="H203" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q203" s="4" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>580096</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
@@ -14773,51 +14772,51 @@
       <x:c r="C216" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>564253</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -14889,51 +14888,51 @@
       <x:c r="C218" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>605451</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -15222,85 +15221,85 @@
         <x:v>401</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>594524</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F224" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F224" s="14" t="s">
+      <x:c r="G224" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="G224" s="14" t="s">
+      <x:c r="H224" s="14" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q224" s="16" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>580095</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
@@ -15776,51 +15775,51 @@
       <x:c r="I233" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>548787</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
@@ -15837,51 +15836,51 @@
       <x:c r="I234" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>552901</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
@@ -15897,51 +15896,51 @@
       <x:c r="I235" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>552867</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
@@ -15958,51 +15957,51 @@
       <x:c r="I236" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>548676</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
@@ -16018,51 +16017,51 @@
       <x:c r="I237" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>498385</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
@@ -16079,51 +16078,51 @@
       <x:c r="I238" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>498484</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
@@ -16139,51 +16138,51 @@
       <x:c r="I239" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>496575</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
@@ -16200,51 +16199,51 @@
       <x:c r="I240" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>447275</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
@@ -16260,51 +16259,51 @@
       <x:c r="I241" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>454912</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
@@ -16321,51 +16320,51 @@
       <x:c r="I242" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>454929</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
@@ -16381,51 +16380,51 @@
       <x:c r="I243" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>502047</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
@@ -16442,51 +16441,51 @@
       <x:c r="I244" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>496372</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
@@ -16502,51 +16501,51 @@
       <x:c r="I245" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>605883</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
@@ -16563,51 +16562,51 @@
       <x:c r="I246" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>604232</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
@@ -16623,108 +16622,108 @@
       <x:c r="I247" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>604233</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>591921</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
@@ -16740,51 +16739,51 @@
       <x:c r="I249" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>604254</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
@@ -16801,51 +16800,51 @@
       <x:c r="I250" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>605798</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
@@ -16861,51 +16860,51 @@
       <x:c r="I251" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>549833</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
@@ -16922,51 +16921,51 @@
       <x:c r="I252" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>552866</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
@@ -16982,51 +16981,51 @@
       <x:c r="I253" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>549895</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
@@ -17115,149 +17114,149 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>594503</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>566633</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>542433</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
@@ -19696,54 +19695,54 @@
         <x:v>605169</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
@@ -19756,54 +19755,54 @@
       <x:c r="S300" s="14" t="n">
         <x:v>502649</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H301" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
@@ -19817,54 +19816,54 @@
         <x:v>555924</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
@@ -19892,110 +19891,110 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>611171</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U303" s="4" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>546279</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
@@ -21219,51 +21218,51 @@
       <x:c r="I325" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>604851</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
@@ -21340,51 +21339,51 @@
       <x:c r="I327" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>564091</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>