--- v1 (2026-01-01)
+++ v2 (2026-02-24)
@@ -353,98 +353,98 @@
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFAP - IRFSS</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Institut de formation d'aides soignant(e)s </x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'auxiliaire de puériculture (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Marseille Saint Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRF PACA CORSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
     <x:t>Croix-Rouge Compétence PACA et Corse - site de Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13014</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Croix Rouge Compétence PACA et Corse - Site de Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-14e</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Colbert</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
@@ -662,57 +662,57 @@
   <x:si>
     <x:t>AVIGNON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public des Etablissements de Santé d'Avignon et du Pays de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>GIPES</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13677</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Mise à niveau sur le nouveau référentiel Auxiliaire Puériculture</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre Hospitalier d'Aubagne Edmond Garcin</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Mise à niveau sur le nouveau référentiel Auxiliaire Puériculture</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement périnatal - Massages bébé</x:t>
   </x:si>
   <x:si>
     <x:t>Une Porte Vers Soi</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2025 00:00:00</x:t>
   </x:si>
@@ -2352,223 +2352,225 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>596349</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>596345</x:v>
+        <x:v>554067</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>43441</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="J21" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>554067</x:v>
+        <x:v>578497</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
+      <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>578497</x:v>
+        <x:v>596345</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -2699,77 +2701,77 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>580063</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>517829</x:v>
       </x:c>
@@ -2876,192 +2878,192 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>548633</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>607035</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>611354</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>583234</x:v>
       </x:c>
@@ -3556,76 +3558,76 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>578275</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>583250</x:v>
       </x:c>
@@ -3939,135 +3941,135 @@
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>518500</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>547459</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>553861</x:v>
       </x:c>
@@ -4119,76 +4121,76 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>529386</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>606057</x:v>
       </x:c>
@@ -4305,77 +4307,77 @@
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>603042</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>606056</x:v>
       </x:c>
@@ -4600,273 +4602,270 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>596350</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="J59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>576255</x:v>
+        <x:v>598881</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>199</x:v>
-[...1 lines deleted...]
-      <x:c r="C60" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="n">
+        <x:v>40743</x:v>
+      </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
-      <x:c r="F60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F60" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="J60" s="14" t="s"/>
+      <x:c r="J60" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>598881</x:v>
+        <x:v>576255</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>583251</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>525199</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>204</x:v>
@@ -4942,189 +4941,189 @@
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>596348</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>607040</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>554066</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>505661</x:v>
       </x:c>
@@ -5188,81 +5187,81 @@
       <x:c r="T68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40743</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>578496</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>