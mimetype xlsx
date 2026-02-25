--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -350,50 +350,74 @@
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours management général</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie et science des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Openclassrooms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en optimisation des systèmes énergétiques (MS)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mines Paris - PSL - Campus de Sophia-Antipolis </x:t>
   </x:si>
   <x:si>
     <x:t>06904</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques décision</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité science des données parcours exploration et modélisation statistique</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention monnaie, banque, finance, assurance parcours international finance</x:t>
@@ -407,80 +431,62 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Openclassrooms</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Data analyst (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Data analyst</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie et science des données</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Data Analyst - Diplôme d'établissement</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2024 00:00:00</x:t>
@@ -510,56 +516,50 @@
     <x:t>08/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Data scientist</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/19/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention mathématiques et informatique appliquées aux sciences humaines et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement touristique</x:t>
   </x:si>
@@ -2934,1908 +2934,1908 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38774</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>11033</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>597571</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>35401</x:v>
+        <x:v>38774</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>11033</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596946</x:v>
+        <x:v>597571</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38542</x:v>
+        <x:v>35401</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11052</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575028</x:v>
+        <x:v>596946</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>38542</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="I28" s="16" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N28" s="15" t="n">
+        <x:v>11052</x:v>
+      </x:c>
+      <x:c r="O28" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>578623</x:v>
+        <x:v>575028</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="U28" s="16" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37837</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>578621</x:v>
+        <x:v>578623</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>578620</x:v>
+        <x:v>578621</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39775</x:v>
+        <x:v>37837</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>578622</x:v>
+        <x:v>578620</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>578624</x:v>
+        <x:v>578622</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>578625</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>578626</x:v>
+        <x:v>578625</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>578627</x:v>
+        <x:v>578626</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>37837</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>578533</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>578534</x:v>
+        <x:v>578533</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>578535</x:v>
+        <x:v>578534</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>578536</x:v>
+        <x:v>578535</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>126</x:v>
-[...1 lines deleted...]
-      <x:c r="C40" s="15" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="n">
+        <x:v>37837</x:v>
+      </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="J40" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>578550</x:v>
+        <x:v>578536</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>578578</x:v>
+        <x:v>578550</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>578591</x:v>
+        <x:v>578578</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="U42" s="16" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>578592</x:v>
+        <x:v>578591</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="C44" s="15" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="n">
+        <x:v>38981</x:v>
+      </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="J44" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J44" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31026</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>580625</x:v>
+        <x:v>578592</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31026</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>578517</x:v>
+        <x:v>580625</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31026</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>578609</x:v>
+        <x:v>578517</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37837</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>610852</x:v>
+        <x:v>578609</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>37837</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>610848</x:v>
+        <x:v>610852</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>610847</x:v>
+        <x:v>610848</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40806</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592810</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>592011</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>592077</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592012</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>592078</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41077</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>606182</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>583894</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
@@ -4948,51 +4948,51 @@
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>500101</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -5099,396 +5099,396 @@
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>534003</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38296</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>597443</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>597442</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>592123</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592038</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>592069</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
@@ -6050,51 +6050,51 @@
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>592811</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
@@ -6811,266 +6811,266 @@
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>553083</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>574969</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>581565</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>581566</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
@@ -7194,920 +7194,920 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>578057</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>11057</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>589578</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39890</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>14284</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>576230</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39890</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>14284</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>576228</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39890</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>14284</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>576229</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>574970</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>574973</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>574974</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40806</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>580612</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>574966</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>588103</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>574968</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>574972</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>574967</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>573278</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>573099</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -8124,51 +8124,51 @@
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>567004</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -8177,51 +8177,51 @@
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>500100</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -8279,51 +8279,51 @@
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>534011</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -8375,551 +8375,551 @@
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38616</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>553622</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>575659</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>575663</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>575679</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>575682</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>575688</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>575687</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>575678</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39198</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>575880</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
@@ -9604,420 +9604,420 @@
       <x:c r="R144" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>555175</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>575660</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>575681</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>575872</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39020</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>575686</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>575874</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>575658</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40806</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592812</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -10063,384 +10063,384 @@
       <x:c r="R152" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>595415</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40806</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>580611</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>575873</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>575656</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>575684</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>575685</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>575662</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -10791,51 +10791,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>592124</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -10995,51 +10995,51 @@
       <x:c r="E169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>568262</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
@@ -11085,101 +11085,101 @@
       <x:c r="R170" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>592068</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39193</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>575871</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
@@ -11331,51 +11331,51 @@
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>597441</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -11699,325 +11699,325 @@
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>593252</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>575534</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>575535</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>575705</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39691</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>580927</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>575706</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>41</x:v>
@@ -12039,234 +12039,234 @@
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>590132</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>575704</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>575536</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>31914</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>431739</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>554509</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>31</x:v>
       </x:c>