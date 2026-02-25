--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -305,80 +305,86 @@
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Entreposage stockage</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS GTLA - Gestion des transports et logistique associée</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
-    <x:t>Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Claret</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel technicien supérieur en méthodes et exploitation logistique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
@@ -398,56 +404,50 @@
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
@@ -857,86 +857,86 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - FILIALE ENTREPRISE</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LE BROC</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LE BROC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTSA technico-commercial option vins, bières, et spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
@@ -953,105 +953,105 @@
   <x:si>
     <x:t>BP option industries alimentaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Galliéni</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Galliéni Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie du Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAMAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Châteaurenard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAURENARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Ismaël Dauphin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée I Dauphin</x:t>
-  </x:si>
-[...52 lines deleted...]
-    <x:t>Lycée Polyvalent Ismaël Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial univers jardins et animaux de compagnie (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
@@ -2912,1604 +2912,1604 @@
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>605541</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H21" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>601067</x:v>
+        <x:v>557323</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I22" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H22" s="14" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>597739</x:v>
+        <x:v>601067</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H23" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>605990</x:v>
+        <x:v>597739</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>70</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>557590</x:v>
+        <x:v>605990</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>557334</x:v>
+        <x:v>557590</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>557591</x:v>
+        <x:v>557334</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>557347</x:v>
+        <x:v>557591</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>557335</x:v>
+        <x:v>557347</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>557348</x:v>
+        <x:v>557335</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>557336</x:v>
+        <x:v>557348</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>557349</x:v>
+        <x:v>557336</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>557345</x:v>
+        <x:v>557349</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>550661</x:v>
+        <x:v>557345</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>557333</x:v>
+        <x:v>550661</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>537377</x:v>
+        <x:v>557333</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>557330</x:v>
+        <x:v>537377</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>557343</x:v>
+        <x:v>557330</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>557331</x:v>
+        <x:v>557343</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>557344</x:v>
+        <x:v>557331</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>497657</x:v>
+        <x:v>557344</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>557323</x:v>
+        <x:v>497657</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>557324</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>557325</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>557326</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>557327</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>557328</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>557342</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>505982</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
@@ -6973,51 +6973,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>549879</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31663</x:v>
@@ -9996,57 +9996,57 @@
       <x:c r="S142" s="14" t="n">
         <x:v>556665</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -10065,51 +10065,51 @@
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>531716</x:v>
       </x:c>
@@ -11571,51 +11571,51 @@
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>567432</x:v>
       </x:c>
@@ -11675,81 +11675,81 @@
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>557633</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I172" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J172" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K172" s="14" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>597593</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38945</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
@@ -12547,57 +12547,57 @@
       <x:c r="S186" s="14" t="n">
         <x:v>603248</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -12606,81 +12606,81 @@
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>608245</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I188" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J188" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K188" s="14" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>507616</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
@@ -12962,51 +12962,51 @@
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>493046</x:v>
       </x:c>
@@ -13073,51 +13073,51 @@
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>543711</x:v>
       </x:c>
@@ -13127,51 +13127,51 @@
       <x:c r="U196" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>543675</x:v>
       </x:c>
@@ -13416,51 +13416,51 @@
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>598122</x:v>
       </x:c>
@@ -13470,51 +13470,51 @@
       <x:c r="U202" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>598127</x:v>
       </x:c>
@@ -15022,72 +15022,72 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>548963</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>601062</x:v>
       </x:c>
@@ -15100,110 +15100,110 @@
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>572004</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>541913</x:v>
       </x:c>
@@ -17171,129 +17171,129 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>541264</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>509251</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>601061</x:v>
       </x:c>
@@ -17461,72 +17461,72 @@
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>602224</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>585537</x:v>
       </x:c>
@@ -17574,72 +17574,72 @@
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>592326</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>601060</x:v>
       </x:c>
@@ -17970,51 +17970,51 @@
       <x:c r="L280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>570229</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -18027,83 +18027,83 @@
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>510282</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>513049</x:v>
       </x:c>
@@ -18116,51 +18116,51 @@
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>552775</x:v>
       </x:c>
@@ -18175,51 +18175,51 @@
       <x:c r="A284" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>552747</x:v>
       </x:c>
@@ -18232,51 +18232,51 @@
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>513259</x:v>
       </x:c>
@@ -18291,51 +18291,51 @@
       <x:c r="A286" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>524758</x:v>
       </x:c>
@@ -18348,51 +18348,51 @@
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>524855</x:v>
       </x:c>
@@ -18407,51 +18407,51 @@
       <x:c r="A288" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>524856</x:v>
       </x:c>
@@ -18464,51 +18464,51 @@
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>579147</x:v>
       </x:c>
@@ -18523,1057 +18523,1057 @@
       <x:c r="A290" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>579285</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
+      <x:c r="E291" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>247</x:v>
-[...2 lines deleted...]
-        <x:v>248</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>524759</x:v>
+        <x:v>548991</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>527718</x:v>
+        <x:v>524759</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>527691</x:v>
+        <x:v>527718</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>544551</x:v>
+        <x:v>527691</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="U294" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>581825</x:v>
+        <x:v>544551</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="U295" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>581832</x:v>
+        <x:v>581825</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>544536</x:v>
+        <x:v>581832</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>581823</x:v>
+        <x:v>544536</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>581830</x:v>
+        <x:v>581823</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>581824</x:v>
+        <x:v>581830</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="U300" s="16" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>581831</x:v>
+        <x:v>581824</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>579146</x:v>
+        <x:v>581831</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="U302" s="16" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>544552</x:v>
+        <x:v>579146</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>579284</x:v>
+        <x:v>544552</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>544537</x:v>
+        <x:v>579284</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
-      <x:c r="E306" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="H306" s="14" t="s"/>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="S306" s="14" t="n">
+        <x:v>544537</x:v>
+      </x:c>
+      <x:c r="T306" s="16" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="U306" s="16" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>602925</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
@@ -23531,90 +23531,90 @@
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>548931</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H376" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I376" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J376" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K376" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H376" s="14" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>601065</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
@@ -23711,747 +23711,751 @@
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>556542</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H379" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I379" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J379" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K379" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H379" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>554780</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
-      <x:c r="E380" s="14" t="s"/>
+      <x:c r="E380" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>294</x:v>
-[...1 lines deleted...]
-      <x:c r="H380" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>594198</x:v>
+        <x:v>605989</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
-      <x:c r="E381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H381" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I381" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J381" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K381" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H381" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>605989</x:v>
+        <x:v>601064</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38365</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>601064</x:v>
+        <x:v>592327</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
+      <x:c r="E383" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H383" s="0" t="s">
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>592327</x:v>
+        <x:v>541254</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>541254</x:v>
+        <x:v>537073</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
-      <x:c r="E385" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>537073</x:v>
+        <x:v>601063</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I386" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J386" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K386" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H386" s="14" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>601063</x:v>
+        <x:v>504163</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
+      <x:c r="E387" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>504163</x:v>
+        <x:v>504426</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>504426</x:v>
+        <x:v>556330</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
-      <x:c r="E389" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G389" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I389" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J389" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K389" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H389" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>556330</x:v>
+        <x:v>597738</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s"/>
+      <x:c r="E390" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>597738</x:v>
+        <x:v>607719</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -24461,455 +24465,450 @@
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>607719</x:v>
+        <x:v>607718</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>607718</x:v>
+        <x:v>506784</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>38365</x:v>
+        <x:v>38302</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>299</x:v>
-[...2 lines deleted...]
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>31834</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>506784</x:v>
+        <x:v>506628</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>38302</x:v>
+        <x:v>38365</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>31663</x:v>
+        <x:v>31834</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>506628</x:v>
+        <x:v>506630</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>506630</x:v>
+        <x:v>541260</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="J396" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K396" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="L396" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M396" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N396" s="15" t="n">
+        <x:v>31834</x:v>
+      </x:c>
+      <x:c r="O396" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P396" s="14" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="Q396" s="16" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="R396" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="J396" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>541260</x:v>
+        <x:v>493601</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="I397" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="I397" s="4" t="s">
+      <x:c r="J397" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K397" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="L397" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M397" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N397" s="3" t="n">
+        <x:v>31834</x:v>
+      </x:c>
+      <x:c r="O397" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P397" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="Q397" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="R397" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="J397" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>493601</x:v>
+        <x:v>594198</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>592330</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25232,241 +25231,241 @@
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>594196</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H405" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I405" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J405" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K405" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H405" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>606273</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H406" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I406" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J406" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K406" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H406" s="14" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>554000</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I407" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J407" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K407" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="H407" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>601066</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -25476,57 +25475,57 @@
       <x:c r="S408" s="14" t="n">
         <x:v>556332</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -27831,51 +27830,51 @@
       <x:c r="I449" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
@@ -27890,51 +27889,51 @@
       <x:c r="I450" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
@@ -27947,51 +27946,51 @@
       <x:c r="I451" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
@@ -28006,51 +28005,51 @@
       <x:c r="I452" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
@@ -28063,51 +28062,51 @@
       <x:c r="I453" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
@@ -28122,51 +28121,51 @@
       <x:c r="I454" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
@@ -28179,51 +28178,51 @@
       <x:c r="I455" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
@@ -28238,51 +28237,51 @@
       <x:c r="I456" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
@@ -28295,51 +28294,51 @@
       <x:c r="I457" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
@@ -28354,51 +28353,51 @@
       <x:c r="I458" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
@@ -28411,51 +28410,51 @@
       <x:c r="I459" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
@@ -28470,51 +28469,51 @@
       <x:c r="I460" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
@@ -28527,51 +28526,51 @@
       <x:c r="I461" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
@@ -28586,51 +28585,51 @@
       <x:c r="I462" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
@@ -28643,51 +28642,51 @@
       <x:c r="I463" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
@@ -28702,51 +28701,51 @@
       <x:c r="I464" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>548927</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
@@ -28759,112 +28758,112 @@
       <x:c r="I465" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>564092</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>549219</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
@@ -28877,51 +28876,51 @@
       <x:c r="I467" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
@@ -28936,51 +28935,51 @@
       <x:c r="I468" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
@@ -28993,51 +28992,51 @@
       <x:c r="I469" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
@@ -29052,51 +29051,51 @@
       <x:c r="I470" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
@@ -29109,51 +29108,51 @@
       <x:c r="I471" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
@@ -29168,51 +29167,51 @@
       <x:c r="I472" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
@@ -29225,51 +29224,51 @@
       <x:c r="I473" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
@@ -29284,51 +29283,51 @@
       <x:c r="I474" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
@@ -29341,51 +29340,51 @@
       <x:c r="I475" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
@@ -29400,51 +29399,51 @@
       <x:c r="I476" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
@@ -29457,51 +29456,51 @@
       <x:c r="I477" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
@@ -29516,51 +29515,51 @@
       <x:c r="I478" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
@@ -29573,51 +29572,51 @@
       <x:c r="I479" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
@@ -29632,51 +29631,51 @@
       <x:c r="I480" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
@@ -29689,51 +29688,51 @@
       <x:c r="I481" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
@@ -29748,131 +29747,131 @@
       <x:c r="I482" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>499805</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>503841</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G484" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
@@ -29926,51 +29925,51 @@
       <x:c r="I485" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>548961</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
@@ -29987,165 +29986,165 @@
       <x:c r="I486" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>581154</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>588301</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>594197</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
@@ -30161,51 +30160,51 @@
       <x:c r="I489" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>601321</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>40687</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
@@ -30491,51 +30490,51 @@
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>551777</x:v>
       </x:c>
@@ -30957,54 +30956,54 @@
       <x:c r="S502" s="14" t="n">
         <x:v>556873</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38365</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>31834</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
@@ -31021,51 +31020,51 @@
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>523170</x:v>
       </x:c>
@@ -31073,51 +31072,51 @@
         <x:v>367</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>523235</x:v>
       </x:c>
@@ -31132,51 +31131,51 @@
       <x:c r="A506" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35896</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>541370</x:v>
       </x:c>
@@ -31189,51 +31188,51 @@
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38302</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>508122</x:v>
       </x:c>