--- v1 (2026-01-01)
+++ v2 (2026-02-24)
@@ -398,228 +398,228 @@
   <x:si>
     <x:t>Agent d'escale commercial aéroportuaire (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Aéro Training Center</x:t>
   </x:si>
   <x:si>
     <x:t>ATC</x:t>
   </x:si>
   <x:si>
     <x:t>Personnel au sol</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Paul Valéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Brise-Lames</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro métiers de l'accueil (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation - Lycée Professionnel Brise-Lames</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jane Vialle - La Calade - Lycée des Métiers de la Beauté, de la Mode et de la Relation-Client</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Viste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ch Grawitz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO M Gasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de Trafic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horizons Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent d'escale et Stage Anglais et Stage préparation et examen TOEIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent d'escale et Stage Préparation et examen TOEIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent d'escale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP C Jullian</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP JB Brochier</x:t>
   </x:si>
   <x:si>
-    <x:t>13010</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-10e</x:t>
-  </x:si>
-[...169 lines deleted...]
-    <x:t>LP C Jullian</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Lycée des métiers La Calade - Jane Vialle </x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Calade</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>LP Colbert</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 07</x:t>
   </x:si>
   <x:si>
     <x:t>LP Leau</x:t>
   </x:si>
@@ -2653,1227 +2653,1226 @@
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>606695</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
-      <x:c r="F22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F22" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="G22" s="14" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>536799</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
+      <x:c r="U22" s="16" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>38225</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>31854</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>536799</x:v>
+        <x:v>574079</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>38225</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31854</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>574079</x:v>
+        <x:v>593022</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>38225</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>31854</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>593022</x:v>
+        <x:v>608194</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38225</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>31854</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>608194</x:v>
+        <x:v>593049</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>593049</x:v>
+        <x:v>593005</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>593005</x:v>
+        <x:v>553845</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>38225</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>31854</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>553845</x:v>
+        <x:v>611315</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38225</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>128</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
+      <x:c r="I30" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="I30" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31854</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>611315</x:v>
+        <x:v>593032</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>593032</x:v>
+        <x:v>593029</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>593029</x:v>
+        <x:v>500419</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F33" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>500419</x:v>
+        <x:v>536763</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G34" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="Q34" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>536763</x:v>
+        <x:v>583779</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>583779</x:v>
+        <x:v>593018</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>593018</x:v>
+        <x:v>593016</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>31876</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>593016</x:v>
+        <x:v>611267</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="Q38" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>611267</x:v>
+        <x:v>611264</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>611264</x:v>
+        <x:v>611266</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="Q40" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>611266</x:v>
+        <x:v>611262</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="U40" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>166</x:v>
-[...1 lines deleted...]
-      <x:c r="C41" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>38397</x:v>
+      </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="I41" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J41" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K41" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L41" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M41" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>35052</x:v>
+      </x:c>
+      <x:c r="O41" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P41" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="I41" s="4" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>611262</x:v>
+        <x:v>593006</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="Q42" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>593006</x:v>
+        <x:v>593037</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -3964,75 +3963,75 @@
       <x:c r="S44" s="14" t="n">
         <x:v>593009</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>593025</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
@@ -4111,51 +4110,51 @@
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>576295</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
@@ -4170,51 +4169,51 @@
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>580895</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -4292,167 +4291,167 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>592275</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>584271</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>577586</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>578972</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -4500,51 +4499,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>593003</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
@@ -4622,51 +4621,51 @@
         <x:v>94</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31876</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>529905</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -4731,51 +4730,51 @@
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15247</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>183719</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -4823,221 +4822,221 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>593041</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>609642</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>557205</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>519475</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -5608,108 +5607,108 @@
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>492297</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>492903</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5722,59 +5721,59 @@
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>542222</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
@@ -5955,285 +5954,285 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>593019</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>552421</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>552423</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>499712</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>509144</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>90</x:v>
@@ -6246,51 +6245,51 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>607761</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>