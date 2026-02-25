--- v1 (2025-12-31)
+++ v2 (2026-02-25)
@@ -476,59 +476,59 @@
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des processus de réalisation de produits option B : production sérielle</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Les Eucalyptus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS conception des processus de réalisation de produits option B : production sérielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des produits industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet industriel</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des produits industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
@@ -581,77 +581,77 @@
   <x:si>
     <x:t>BTS conception et industrialisation en microtechniques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique précision</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ISTRES</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPI - Conception des Produits Industriels</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPRP - Conception des Processus de Réalisation de Produits - Option B Production sérielle</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CRCI - Conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>BTS enveloppe des bâtiments : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Enveloppe bâtiment</x:t>
@@ -830,50 +830,53 @@
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cotation niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Dessin industriel</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours simulation numérique et réalité virtuelle</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours simulation numérique et réalité virtuelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CATIA V5</x:t>
   </x:si>
   <x:si>
     <x:t>Formaltic</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Catia</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet en ingénierie numérique dans l'industrie</x:t>
@@ -893,74 +896,71 @@
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conception Mécanique : CAO Mécanique Catia</x:t>
   </x:si>
   <x:si>
     <x:t>Lecture plan</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cotation niveau 1</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
+    <x:t>CQP concepteur modélisateur numérique de produits ou de systèmes mécaniques (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modèle simulation</x:t>
   </x:si>
   <x:si>
     <x:t>CQP concepteur modélisateur numérique de produits ou de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Modèle simulation</x:t>
-[...2 lines deleted...]
-    <x:t>CQP concepteur modélisateur numérique de produits ou de systèmes mécaniques (Contrat de Professionnalisation)</x:t>
+    <x:t>CQP dessinateur d'études industrielles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dessin construction</x:t>
   </x:si>
   <x:si>
     <x:t>CQP dessinateur d'études industrielles (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Tout public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Dessinateur aéronautique CATIA V5</x:t>
   </x:si>
   <x:si>
     <x:t>G-Sys</x:t>
   </x:si>
   <x:si>
     <x:t>13590</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CAO</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dessinateur projeteur</x:t>
@@ -1019,54 +1019,54 @@
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Clic et Bât - Cf2i</x:t>
   </x:si>
   <x:si>
     <x:t>33700</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fusion 360 - Initiation et approfondissement</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Inventor - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique construction réparation</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique théorique</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
@@ -3666,250 +3666,250 @@
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>595862</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>595859</x:v>
+        <x:v>595858</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>595861</x:v>
+        <x:v>595860</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>595858</x:v>
+        <x:v>595859</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>595860</x:v>
+        <x:v>595861</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>122</x:v>
@@ -4069,145 +4069,146 @@
       <x:c r="S42" s="14" t="n">
         <x:v>602255</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>547770</x:v>
+        <x:v>547693</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>547693</x:v>
+        <x:v>547770</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -4423,373 +4424,373 @@
       <x:c r="R48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>515633</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>594087</x:v>
+        <x:v>594084</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>594085</x:v>
+        <x:v>594086</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>594084</x:v>
+        <x:v>594087</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>594086</x:v>
+        <x:v>594085</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>605687</x:v>
+        <x:v>602802</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>602802</x:v>
+        <x:v>605687</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -4951,266 +4952,265 @@
         <x:v>605686</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>500985</x:v>
+        <x:v>515631</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>515631</x:v>
+        <x:v>514127</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>514127</x:v>
+        <x:v>500986</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>500986</x:v>
+        <x:v>500985</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>140</x:v>
@@ -5602,208 +5602,208 @@
       <x:c r="S68" s="14" t="n">
         <x:v>594144</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>602312</x:v>
+        <x:v>605689</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>605689</x:v>
+        <x:v>605690</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="Q71" s="4" t="s">
+      <x:c r="R71" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="R71" s="0" t="s">
+      <x:c r="S71" s="0" t="n">
+        <x:v>602312</x:v>
+      </x:c>
+      <x:c r="T71" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>123</x:v>
@@ -5814,51 +5814,51 @@
       <x:c r="J72" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>550242</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -5868,57 +5868,57 @@
       <x:c r="H73" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>550243</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -5962,267 +5962,267 @@
       <x:c r="S74" s="14" t="n">
         <x:v>547695</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>547817</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>500988</x:v>
+        <x:v>494824</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>500989</x:v>
+        <x:v>500988</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>494824</x:v>
+        <x:v>500989</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -6829,136 +6829,138 @@
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>491843</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>493605</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
@@ -6976,228 +6978,224 @@
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>572446</x:v>
+        <x:v>509245</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>509245</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>572450</x:v>
+        <x:v>572447</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>572447</x:v>
+        <x:v>572450</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7227,144 +7225,144 @@
       <x:c r="R96" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>541906</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>543658</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>588517</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -8219,139 +8217,139 @@
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>596737</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>596735</x:v>
+        <x:v>596736</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>596736</x:v>
+        <x:v>596735</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
@@ -8602,57 +8600,57 @@
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>533627</x:v>
+        <x:v>533629</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -8729,51 +8727,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>603839</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -8797,162 +8795,162 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>602545</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>596733</x:v>
+        <x:v>596734</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>596734</x:v>
+        <x:v>596733</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8967,51 +8965,51 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>575969</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>41</x:v>
@@ -9027,51 +9025,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>556140</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -9088,1580 +9086,1580 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>602546</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="P129" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q129" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="P129" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>555699</x:v>
+        <x:v>555701</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>70401</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="P130" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="Q130" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="P130" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>555701</x:v>
+        <x:v>555699</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>568809</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>567341</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>586928</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>586927</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>586929</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>586930</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31695</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>577504</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>533614</x:v>
+        <x:v>533617</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>533618</x:v>
+        <x:v>533613</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>533617</x:v>
+        <x:v>533618</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>533613</x:v>
+        <x:v>533614</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>533630</x:v>
+        <x:v>533637</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>533637</x:v>
+        <x:v>533627</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>533629</x:v>
+        <x:v>533630</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>11020</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>534081</x:v>
+        <x:v>534087</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>11020</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>534080</x:v>
+        <x:v>534081</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>11020</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>534087</x:v>
+        <x:v>534080</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>11020</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>534089</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>534114</x:v>
+        <x:v>534119</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>534116</x:v>
+        <x:v>534122</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>534118</x:v>
+        <x:v>534115</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>534121</x:v>
+        <x:v>534117</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>534115</x:v>
+        <x:v>534118</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>534117</x:v>
+        <x:v>534121</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>534119</x:v>
+        <x:v>534114</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>534122</x:v>
+        <x:v>534116</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>286</x:v>
@@ -10704,100 +10702,100 @@
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>567349</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>586968</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
@@ -10806,100 +10804,100 @@
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>586974</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>586975</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
@@ -10908,100 +10906,100 @@
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>586967</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>586970</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
@@ -11010,100 +11008,100 @@
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>586977</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>586969</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
@@ -11112,270 +11110,270 @@
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>586976</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>586979</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>586980</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>586972</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>586971</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -11659,51 +11657,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>71115</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>533696</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
@@ -11711,51 +11709,51 @@
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>71115</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>533690</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -12129,51 +12127,51 @@
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>533130</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -12236,156 +12234,156 @@
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>533133</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>567148</x:v>
+        <x:v>587089</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="U188" s="16" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>587089</x:v>
+        <x:v>567148</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
@@ -13613,51 +13611,51 @@
       <x:c r="L212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>600728</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>41</x:v>
@@ -13713,51 +13711,51 @@
         <x:v>124</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>23093</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>608216</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -14159,78 +14157,78 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>563067</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>555675</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
@@ -14249,51 +14247,51 @@
       <x:c r="L224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>538048</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -14303,51 +14301,51 @@
       <x:c r="L225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>538049</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -14360,51 +14358,51 @@
       <x:c r="L226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>577540</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -14414,102 +14412,102 @@
       <x:c r="L227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>577541</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>555844</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14525,51 +14523,51 @@
       <x:c r="L229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>582142</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -14582,265 +14580,265 @@
       <x:c r="L230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>582143</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>533752</x:v>
+        <x:v>533758</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>533758</x:v>
+        <x:v>533752</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>533759</x:v>
+        <x:v>533755</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>533755</x:v>
+        <x:v>533759</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
@@ -14848,51 +14846,51 @@
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>533823</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -14903,51 +14901,51 @@
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>533763</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
@@ -15026,131 +15024,131 @@
         <x:v>251</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>533822</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>556108</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>556414</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>