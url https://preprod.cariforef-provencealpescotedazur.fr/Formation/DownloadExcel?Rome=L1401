--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -443,59 +443,59 @@
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion sport</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : management du sport</x:t>
   </x:si>
   <x:si>
-    <x:t>Gestion sport</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Moniteur - Instructeur apnée AIDA</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Moniteur - Instructeur apnée PADI</x:t>
   </x:si>
   <x:si>
     <x:t>Moniteur de plongée RSTC (Recreational Scuba Training Council)</x:t>
   </x:si>
   <x:si>
     <x:t>Anodia - Aquadomia</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performance au féminin : entraînements et nutrition optimisés</x:t>
@@ -548,60 +548,60 @@
   <x:si>
     <x:t>Préparation entrée formation</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparateur mental</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologue Consultant Eric Poussard</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Développement professionnel et personnel</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation au DE moniteur national de ski alpin stagiaire et ses activités dérivées</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>Ski</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Recyclage plongée subaquatique</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
@@ -2239,214 +2239,214 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>591867</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592006</x:v>
+        <x:v>576275</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592007</x:v>
+        <x:v>592006</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>576275</x:v>
+        <x:v>592007</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
@@ -2917,51 +2917,51 @@
       <x:c r="K33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>552617</x:v>
+        <x:v>591844</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>156</x:v>
@@ -2970,51 +2970,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>591844</x:v>
+        <x:v>552617</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>74</x:v>